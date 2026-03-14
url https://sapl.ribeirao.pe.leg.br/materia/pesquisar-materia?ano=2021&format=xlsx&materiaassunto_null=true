--- v0 (2025-12-09)
+++ v1 (2026-03-14)
@@ -54,3160 +54,3160 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Tenente Arão Barcelos</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_001-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_001-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja consignado na Ata dos trabalhos desta Casa Legislativa, Voto de profundo pesar pelo falecimento do Empresario, o Sr. JOSE ADELSON MARQUES PASTOR (GORDO DA OFICINA), ocorrido no dia 03 de fevereiro do corrente ano. Da decisão desta Casa e do inteiro teor desta proposição, dê-se conhecimento e família enlutada, atrav6s dos seus filhos Jaqueline, Marquinhos, Luizinho e Jaciara seus netos Matheus, Thiago, José, Sofia, João e Henrique genros e noras Barreto, Carlos, Alberto, Zinha e Bele.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_003-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_003-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Deputado Estadual Clóvis José Pragana Paiva, no intuito que seja homenageado o empresário "Rômulo Dourado de Queiroz Monteiro", falecido no último dia 30 de janeiro de 2021, designando seu nome ao Distrito Industrial do Município de Ribeirão, localizado nas mediação do Engenho Bastiões, de propriedade do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EDGAR DO CIRA</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_004-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_004-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao llmº. Senhor, Diretor do DNIT-PE e ao excelentíssimo senhor Prefeito deste Município com a finalidade da construção de 02 (duas) lombadas na antiga BR 101, nos seguintes pontos: l- Defronte a oficina Ely peças e serviços; ll- Entre o ferro velho e o posto BR;</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_005-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_005-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmo, Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja implantado o sistema de ponto biom6trico para os servidores (ativos e comissionados) e contratados diretamente pelo município de Ribeirão.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Irmão Saulo</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_n_006-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_n_006-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Ilmº. Senhor, Diretor do DNIT-PE com a finalidade da implantação de 01 (um) lombada e uma faixa de pedestre na antiga BR 101, no seguinte ponto: I - Defronte ao Colégio Real na subida do Bairro Eldorado.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Itamar Barcelos</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_007-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_007-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo senhor Prefeito deste Município com a finalidade de elaborar Projeto de Lei Complementar, garantindo Aposentadoria Especial para os Servidores que exerce atividades que prejudiquem a Saúde ou a integridade física e transforma a categoria Profissional de Agente Comunitário de Saúde e Agente de Combate as Endemias, em categoria em insalubre, concedendo assim Aposentadoria Especial, após 25 anos de exercício contínuo.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>LÊIMISSON CRAVO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131 do Regime Interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências administrativas do Exmo. Sr. Marcello Maranhão, Prefeito deste Município, juntamente com a Secretaria competente para a criação com urgência do Centro de Testagem da Covid-19 em Ribeirão-PE, considerando o avanço descontrolado da Covid-19 no Município.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>LEIDE</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no010-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no010-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo Governador do Estado de Pernambuco Sr. PAULO HENRIQUE SARAIVA CÂMARA, e a AD DIPER, pedindo providências urgentes em razão da invasão do DISTRITO INDUSTRIAL de Ribeirão essa Invasão atrapalha e muito o empreendimento que estar sendo realizado pelo Governo do estado, já com Protocolo assinado para a Metarlúgica Barra do Piraí, se instalar em Ribeirão o requerimento tem o fundamento principal DENUNCIAR a invasão e pedir providências junto a ADIDIPER, na desocupação e pode ser administrativa ou judicial encaminhar topógrafo para ver a área exatamente que foi cedida com protocolo à empresa pra si instalar a Metarlúgica e a providencias de reintegração de posse e enviar...</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_011-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_011-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos  à  Mesa  depois  de  ouvido  o  Plenário,  obedecido  as  normas  regimentais,  que seja  enviado  um  apelo  ao  Excelentíssimo  Senhor Prefeito  do  Município  de  Ribeirão, Marcello Maranhão, pedindo providencias urgentes, no sentido de enviar para este Poder Legislativo Municipal, Projeto   de   Lei   Complementar,   criando   no   âmbito   municipal   a "Secretaria  Municipal  de  Defesa  Cidadã  e  Segurança  Pública  e  Patrimonial"._x000D_
 Passando a  integrar a referida estrutura a "Guarda Municipal e Patrimonial", "Coordenadoria de Defesa Civil" e "Diretoria de Transito Municipal". Possibilitando  assim,  recebimento  de  recursos  federais  para  estruturação  e  aplicação  na esfera da segurança  pública.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>MILSON DO CALDINHO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_no_013-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_no_013-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja solicitado ao Exmo. Senhor Marcello Maranhão, a priorizar a vacinação para as classes de Professores e Garis do Município de Ribeirão.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_014-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_014-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131 do Regime Interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências administrativas do Exmo Sr. Marcello Maranhão, Prefeito deste Município, juntamente com a Secretaria competente a transferência da Unidade Básica de Saúde 9 - José Costa Cavalcanti Júnior para o local de origem, Centro de Ribeirão-PE.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_015-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_015-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, de acordo com o artigo 131, inciso IV do Regimento Interno desta Casa Legislativa, ouvido o Plenário e respeitadas todas as formalidades legais, votos de pesar pelo falecimento da Sra. Deusziene Lopes do Nascimento.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_016-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_016-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja contratada uma empresa de engenharia, objetivando um estudo com o objetivo de minimizar alagamentos provocados nos período de chuvas, na Vila Aripibú.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_018-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_018-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, inciso II do Regimento Interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências administrativas do Exmo. Sr. Marcello Maranhão, Prefeito deste Município, juntamente com a Secretaria Municipal de Saúde para a inclusão dos Profissionais da Educação e da Assistência Social nos grupos prioritários do Plano de vacinação contra a Covid-19 do Município.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_019-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_019-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcelo Maranhão, DD. Prefeito deste Município, que seja construído muros de arrimo ou a instalação de Geomanta nas seguintes Ruas; Barão do Rio Branco, Guararapes que fica localizada no bairro do Alto da cadeia, Rua Duarte Coelho no bairro Novo e Rua Siqueira Santos no Centro.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_020-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_020-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um que seja consignado na Ata dos trabalhos desta Casa Legislativa, Voto de profundo pesar pelo falecimento da Sra. Geiza Lins da Silva, ocorrido no dia 22 de abril do corrente ano e do inteiro teor desta proposição, dê-se conhecimento e família enlutada em nosso Município, através do seu Esposo Sr. Djalma Manoel da Silva e dos seus filhos Wellington José Lins da Silva, Wilton José Lins da Silva, Girieide Maria Lins da Silva, Girzelly Lins da Silva, Djalma Manoel da Silva Júnior e Welison José Lins da Silva.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_no_021-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_no_021-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a Mesa, cumpridas as formalidades regimentais, seja consignado em ata de nossos trabalhos, votos de congratulações e aplausos Exmª. Promotora de Justiça, Dra. Renata de Lima Landim, pela assunção da Promotoria de Justiça de nossa Ribeirão-PE. REQUEIRO mais, seja enviado ofício a insigne promotora, dando-lhe ciência do reconhecimento e da justa homenagem prestada por esta Casa, em nome do povo de Ribeirão.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Militão Filho</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/552/requerimento_no_022-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/552/requerimento_no_022-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja solicitado ao Exmº. Senhor Marcello Maranhão, que viabilize junto com a secretaria competente, a elaboração de um projeto de lei, com intuito de criar auxílio financeiro aos artistas e músicos de nossa cidade, que estejam inscritos no cadastro municipal.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_023-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_023-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município e a Secretaria de Saúde para disponibilizar uma ambulância ou um outro veículo, para que fique de plantão 24 horas na Prefeitura, objetivando o transporte de pessoas que necessitam de atendimentos de urgência no Hospital Municipal, possibilitando as pessoas carentes um meio de transporte de urgência, levando-os da prefeitura para o hospital, ou mesmo de sua residência para o hospital. Como também fornecer um celular exclusivo pare esse atendimento, e que seja amplamente divulgado este número.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Manoel Sapão</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_no_025-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_no_025-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste município que seja paralisado em caráter de urgência a construção da praça da Rua Maurício de Nassau tendo em vista a impossibilidade de transitar veículos de grande porte carros de mudanças e outros.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_026-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_026-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, inciso I do Regimento Interno desta Câmara Legislativa, ouvido o Plenário e respeitadas todas as formalidades legais, voto de louvor e congratulações aos Enfermeiros e Técnicos de Enfermagem, Assistentes Sociais, garis e Pedagogos.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_027-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_027-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja suspenso a cobrança de Alvarás ao comércio de Ribeirão, tendo em vista a perdas financeiras por parte dos comerciantes - no período da Pandemia do Covid.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_028-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_028-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município que seja retornada a implantação dos calçamentos no Loteamento Uchôa.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_029-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_029-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município e a Secretaria de Saúde para que seja concedida uma Gratificação/Verba Indenizatória num percentual de 30% sobre o salário base para os profissionais de Saúde que estão diretamente envolvidos na linha de frente em combate a Covid-19.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_no_030-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_no_030-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja solicitado ao Exmo. Senhor Marcello Maranhão, e a Secretária de Saúde do Município que inclua no grupo prioritário de vacina da Covid-19 os trabalhadores do Comércio de nosso Município.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>FERNANDINHO DE AMARA CIGANA</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_no_031-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_no_031-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja solicitado Exmº. Senhor Marcello Maranhão, e a Secretaria de Saúde do Município que inclua no grupo prioritário de vacina da Covid-19 os Moto-taxistas de nosso Município.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_032-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_032-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo diretor da Celpe que solicite a retirada de um poste na Rua João Rodrigues localizado na Vila José Mariano (CAXANGÁ) o poste fica no meio da rua impedindo a passagem de carro e de ônibus.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_033-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_033-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado urn apelo ao Excelentíssimo senhor Prefeito deste Município que envie o Projeto de Lei que dispõe sobre a instituição do pagamento de incentivo adicional dos agentes de combate as endemias e da outras providencias.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_no_034-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_no_034-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo senhor Prefeito deste Município que seja instalada Câmeras de vídeo monitoramento em pontos específicos no Vila Aripibú, Engenho Rainha dos Anjos e Vila José Mariano com a finalidade de diminuir os assaltos que vem acontecendo constantes.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>RILDO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_036-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_036-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja feito um recadastramento de todos os moto taxistas do Município.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Aguinaldo do Canavial</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_037-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_037-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja elaborado um Projeto de Lei que regulamente os estágios estudantis para os alunos que estão cursando o nível superior.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/492/requerimento_no_038-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/492/requerimento_no_038-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa, ouvido o Plen6rio e cumpridas as formalidades regimentais seja consignado na ata dos trabalhos desta Casa no dia de hoje, VOT0 DE APLAUSOS e CONGRATULAÇÕES, pelo excelente trabalho com crianças com deficiência sejam transtornos neurol6gicos (autismo, transtorno do déficit de atenc5o e hiperatividade, dislexia outras dificuldades de aprendizagem), Síndrome de Down, entre outros realizados pela Psicanalista Clinica, Neuropedagoga, terapeuta da aprendizagem e do comportamento, ilustríssima Senhora Dra. Maria Betânia Nascimento de Souza Leão.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_039-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_039-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo a Secretaria de Infraestrutura que interceda junto ao DER-PE (Departamento de Estradas e Rodagens do Estado de Pernambuco), para construção de 3 (três) quebra-molas na BR-101, no Município nos seguintes pontos:</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_040-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_040-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo senhor Prefeito deste Município que seja implantada a carga horária de 188 horas-aulas mensais aos Professores da Rede Pública Municipal que possuem 150 horas-aulas, concedendo às 38 horas que são de direito conforme Legislação Federal.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_041-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_041-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Secretario de Administração Municipal o envio a Câmara Municipal de Ribeirão a relac5o dos servidores (efetivos e contratos) da Guarda Municipal, informando nome completo, CPF, vencimento e gratificac6es, e local de trabalho e escala contendo o horário de trabalho.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_042-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_042-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja solicitado ao Exmº. Senhor Secretário de Educação, a extensão do direito ao kit Escola (fardamentos e cesta básica) aos alunos da Escola Municipal Clóvis Lapa.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_043-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_043-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste município, que solicite o aumento do quantitativo de consultas para o Clínico Geral, das atuais 24 vagas por semana, para 36 vagas, nas terças e quartas-feiras, como também programar semanalmente as visitas domiciliar para os pacientes acamados.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/494/requerimento_no_044-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/494/requerimento_no_044-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja feita a Inclusão na rede de assistência de saúde pública municipal a "Pilates e Hirdropilates", para toda população ribeirãoense, em especial (idosos, gestantes e pessoas especiais). Podendo ambas modalidade de tratamento serem aplicadas nas instalações e estruturas do "Espaço Cidadania".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_045-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_045-2021.pdf</t>
   </si>
   <si>
     <t>Arão Barcelos de Melo, Vereador, obedecendo os preceitos regimentais, requer à Mesa, que seja consignado na Ata dos trabalhos deste Poder Legislativo e Livro de Anais, "VOTO DE APLAUSOS E CONGRATULAÇÕES" para o 1º Sargento PM JAIRO JOSÉ DA SILVA, Matrícula nº 107122-0, Comandante do GATI SUL, pelo excelente e brilhante desempenho no policiamento ostensivo em nosso município. Que seja extensivo estes votos aos Oficiais e praças do efetivo local, bem como, os policiais de reforços no apoio em nossa cidade.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_046-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_046-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido ás normas regimentais, que seja enviado um apelo ao excelentíssimo senhor Prefeito deste Município com a finalidade que seja implantado semanalmente a feira do gado no município de Ribeirão, e que através das secretarias competente deem total apoio aos participantes.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/478/requermento_no_047-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/478/requermento_no_047-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo de Solicitar à Secretaria de Agricultura que seja feita a manutenção no período de estiagem das estradas dos Engenhos Agrovila, Serrinha, Bom Despacho, Normandia, Paraíso, Caetes, Progresso e Caxias.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_048-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_048-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmº. Senhor Diretor do DER-PE, que seja implantada uma Lombada Eletrônica em frente ao Antigo Pr6dio da Policia Rodoviária Federal na BR-101 nas intermediações do Bairro Canavial.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_049-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_049-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, DD . Prefeito deste Município, que seja feita inserção das taxas e dividas de todos os moto-taxistas do Município ate o ano de 2020.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_050-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_050-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao excelentíssimo senhor Prefeito deste Município com a finalidade que seja feita a implantação da casa do estudante no Município de Recife para os alunos universitários e cursos técnicos.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_051-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_051-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que tome providencia legais no intuito de proibir os agentes patrimoniais a utilização de armas (fogo, branca).</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_052-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_052-2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois de ouvido o Plenário, obedecido às normas regimentais, providências administrativas do Poder Executivo juntamente com a Secretaria competente e Coordenadoria Municipal de Proteção e Defesa Civil para o cumprimento das normas legais a respeito do funcionamento da Defesa Civil, atendendo os requisitos que dispõe a Lei nº 12.608/2012 que institui a Política Nacional de Proteção e Defesa Civil - PNPDEC, sobre o Sistema Nacional de Proteção e Defesa Civil - SINPDEC e o Conselho Nacional de Proteção e Defesa Civil - CONPDEC.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/497/requerimento_no_053-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/497/requerimento_no_053-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que retorne as festividades do dia das crianças em nosso município, com a inclusão de gincana, danças, caça talentos, concurso de poemas, prefeito mirim e vereadores mirins.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/498/requerimento_no_054-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/498/requerimento_no_054-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD, Prefeito deste Município, que seja feito um recapeamento emergencial da entrada e saída da Cidade.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_055-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_055-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131 do Regimento Interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências administrativas do Exmo. Sr. Marcello Maranhão, Prefeito deste Município, para a regulamentação do trânsito nas vias do centro da cidade e a integração do município ao Sistema Nacional de Trânsito.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_056-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_056-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado urn apelo ao Excelentíssimo senhor Prefeito deste Município com a finalidade que seja inserida a classe de taxistas do nosso município ao Projeto de Lei do 012/2021 no qual a remissão e anistia de créditos tributários vencidos ate 31 de dezembro de 2020, especialmente a classe dos moto-taxistas, pessoas físicas.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_057-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_057-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas Regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Mranhã, DD. Prefeito deste Município, que seja restruturado ou pintado todos os pontos de Ônibus d Cidade tanto da Zona Urbana como da Zona Rural de Nosso Município.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_058-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_058-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas Regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja criado para todos os atletas do Município um Bolsa Atletas/Auxilio.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_060-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_060-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131 do Regimento Interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências administrativas do Exmo. Sr. Marcello Maranhão, Prefeito deste Município, juntamente com a Secretaria competente, providências administrativas para a implantação de coleta seletiva dos resíduos sólidos e o incentivo para criação de cooperativa pública, onde os catadores de materiais recicláveis possam desempenhar suas funções, tendo em vista que são essências na implantação da Política Nacional de Resíduos Sólidos (PNRS).</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/500/requerimento_no_061-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/500/requerimento_no_061-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um requerimento ao Exmo. Sr. Marcello Maranhão, DD, Prefeito deste Município, que seja feita a implantação de um Gerador de Energia tri fase no Hospital Municipal'.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/501/requerimento_no_062-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/501/requerimento_no_062-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, e considerando diversas solicitações dos usuários do transporte Público, residente no município de Ribeirão considerando a ausência do transporte público no horário noturno no trecho de Cabo de Santo Agostinho à Ribeirão, Requeiro; que seja oficializado a expressa viação Borborema, com endereço Rua Almirante Saldanha da Gama, 127, Boa Viagem, Recife-PE, CEP: 51.130-220, para que a mesma prolongue a parada final no último ônibus (22h10min) do Cabo para Escada, seja alongado para o município de Ribeirão.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_063-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_063-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja consignado na Ata dos trabalhos desta Casa Legislativa, Voto de profundo pesar pelo falecimento do Sr. Flávio de Oliveira Lopes (NENEN DO BARRACÃO DE ESTRELIANA), ocorrido no dia 20 de setembro do corrente ano. Da decisão desta Casa e do inteiro teor desta proposição, dê-se conhecimento e família enlutada, através da sua esposa Elaine Freitas de Oliveira Lopes e do seu filho Diego Hernani de Oliveira Lopes.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/554/requerimento_no_064-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/554/requerimento_no_064-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito deste Município para que seja instituída em nosso Município a "Casa da Juventude", com a finalidade assessorar, assistir, apoiar, articular, criar e acompanhar ações, programas e projetos voltados a juventude.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_065-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_065-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Senhor Prefeito deste Município para que seja ofertada a língua brasileira de sinais (libras), como língua de comunicação para todos os estudantes surdos, em todos os níveis e modalidades da educação básica nas instituições públicas e privadas de nosso município.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_066-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_066-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a Vossa Excelência na forma regimental, depois de ouvido o Plenário, que esta Casa Legislativa, encaminhe VOTO DE APLAUSO ao Excelentíssimo Governador Paulo Câmara, ao Excelentíssimo Deputado Federal Fernando Monteiro, ao Excelentíssimo Deputado Estadual Aloísio Lessa, ao Excelentíssimo Secretario Estadual de Saúde André Longo e ao Excelentíssimo Prefeito Marcello Maranhão, pelos esforços destes brilhantes políticos na obtenção do imóvel, no qual encontrasse instalado o nosso Hospital Municipal.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_069-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_069-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a  Mesa  depois de ouvido o  Plenário,  obedecido as  normas  regimentais,  que seja  encaminhado  um apelo ao  Exmº.  Sr.  Marcello  Maranhão,   Prefeito deste Município, no sentido de que seja reativado os caixas eletrônicos no estacionamento da Prefeitura Municipal no qual faz mais de 1 (um) ano que o mesmo esta desativado.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/504/requerimento_no_070-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/504/requerimento_no_070-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, prefeito deste município que interceda ao 6rgao competente objetivando a retomada da reforma da antiga rodoviária do Município de Ribeirão.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_no_071-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_no_071-2021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a Vossa Excelência na forma regimental, depois de ouvido o Plenário, que esta Casa Legislativa, encaminhe VOTO DE APLAUS0 a lgreja Assembleia de Deus, através do Sr. Pastor Daniel José da Silva, pela grande mobilização evangelística (pedalada, motociata e carreata), para o movimento "#Desperta Ribeirão para Cristo" realizado no ultimo dia 12 de Outubro do corrente ano.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Israel Francisco</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, Prefeito deste Município, no sentindo de que seja implantado novamente o ônibus TFD que leva os pacientes para consultas e tratamentos nos hospitais no Recife, pois as duas vans que leva o pessoal não estão dando conta da demanda e sempre fica alguém fazendo assim com que perca a consulta ou tratamento. .</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Ilmº. Senhor Secretario de Saúde e ao excelentíssimo senhor Prefeito deste Município com a finalidade de adquirir Laser CO2 para remoção de Sinais e Verrugas.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/505/requerimento_no_075-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/505/requerimento_no_075-2021.pdf</t>
   </si>
   <si>
     <t>Vereador infra-assinado, na forma regimental, vem a respeitável presença de Vossa Excelência requerer, junto a secretaria municipal competente, providencia no sentido de determinar o rateio das sobras de recursos do Fundo de a manutenção e Desenvolvimento da Educação Básica - FUNDEB com os servidores em efetivo exercício no magistério da educação básica.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Requeiro ao Ilustríssimo Senhor Fábio Santos, gerente da Compesa em nosso município, que o mesmo encaminhe para este Poder Legislativo, as providências que a Compesa está tomando em referência a falta de água, especialmente ocorrido nos últimos dias.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/507/requerimento_no_077-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/507/requerimento_no_077-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, prefeito deste município, que o mesmo encaminhe para esta casa Legislativa Projeto de Lei Complementar objetivando a criação do Plano de Cargos e Carreiras para os Servidores efetivos Municipais que ainda não tem.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/558/requerimento_no_078-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/558/requerimento_no_078-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito deste Município e ao Governador do Estado de Pernambuco que seja instituída em nosso Município a Delegacia da Mulher.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_079-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_079-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito deste Município, que seja implantado um Núcleo de Assistência Jurídica no Município de Ribeirão, conveniando-o as Universidades e Faculdades de Direito objetivando atendimento a população de baixa renda.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_080-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_080-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo senhor Prefeito deste Município, que seja feita a implantação de uma casa de Assistência do ldoso do Município de Ribeirão, objetivando o apoio aos idosos de baixa renda na assistência médica, psicológica e atividades necessárias para o bem estar dos idosos (físicas, recreativas, artesanais e etc).</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_081-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_081-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmo. Sr. Marcello Maranhão, prefeito deste município, que o mesmo interceda junto a Caixa Econ6mica Federal pra reiniciar os trabalhos das casas na vila Rica, em razão de vândalos estão subtraindo mat6rias das casas e os beneficiários esperam ansiosos pelas casas.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_082-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_082-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Maranhão, DD, Prefeito deste Município, que seja feita uma pista de caminhada que possa proporcionar uma melhor saúde para a comunidade desta localidade trajeto circulando a praça até a entrada do engenho Rainha dos Anjos</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_083-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_083-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas Regimentais, que seja encaminhado um apelo ao Exmº. Sr. Marcello Mranhã, DD. Prefeito deste Município, que seja feita a instituição no âmbito municipal, do Programa Habitacional para os Servidores municipais da Guarda Municipal, doando terreno aqueles que não possuem residência própria.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_084-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_084-2021.pdf</t>
   </si>
   <si>
     <t>Tendo   em   vista   as   constantes  falta   de   agua   em   diversos   bairros   do   município  de Ribeir5o;  requeiro  ao  Exmo  Sr.  Manoel  Coutinho  Domingues  Marinho,  Diretor  Presidente da   Compesa  que,  autorize  a  gerência   de  Projetos  de  engenharia  o  estudo  e  futura construção de reservatório nos bairros do Canavial e na Cohab.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_no_086-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_no_086-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo Governador do Estado de Pernambuco Sr. PAULO HENRIQUE SARAIVA CÂMARA, e o SECRETÁRIO DE EDUCAÇÃO DO ESTADO S. MARCELO BEZERRA BARROS, pedido providência urgente em razão do teto da Escola Estadual EREM João Lopes e Siqueira Santo, no Município de Ribeirão que esta desabando.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa Diretora , no uso das minhas atribuições, conforme o artigo 131 do Regimento Interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências administrativas do Exmo. Sr. Marcello Maranhão, Prefeito deste Município, para aplicação da aplicação da Lei Federal n. º 13.874/2019, que trata da declaração de Direitos de Liberdade Econômica, na qual estabelece garantias de livre mercado em todo o território nacional, a fim de que seja instituída na legislação do Município de Ribeirão.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_088-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_088-2021.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Presidente da Câmara de Vereadores de Ribeirão que seja feita a contratação de um intérprete de Libras para as sessões da câmara. O seguinte requerimento tem como objetivo estabelecer intermediação comunitária entre os usuários da Língua Brasileira de Sinais, interpretando a língua oral uma língua gestual, e vice-versa.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_024-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_024-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja encaminhado urn requerimento ao Exm9. Sr. Marcello Maranhão, DD. Prefeito deste Município e solicitar a Secretaria de Saúde Técnico de Enfermagem para os veículos que transportam pessoas com doença Renal Crônica "Hemodiálise".</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_001-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_001-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie o calçamento no engenho CIRA.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_002-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_002-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plen5rio, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido qua através da secretaria competente, que seja feita a reforma da Escola Municipal Rainha dos Anjos, situada na vila do CIRA.	Contém anexo</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_no_003-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_no_003-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalado refletores no Campo da Vila do CIRA.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_004-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_004-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que disponibilize (01) uma ambulância para a Vila José Mariano (Caxangá), para fica à disposição da população daquela comunidade.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_005-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_005-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja feita a implantação do calçamento e saneamento básico na Rua Engenheiro Tadeu Vieira de Oliveira,; Rua Virgínia Maria da Silva; Rua Antonio Rômulo Sobrinho; Rua da Palha e Rua Amarela, todas situadas na Vila José Mariano (Caxangá).</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_006-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_006-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja construído (01) um Portal na entrada da Vila José Mariano.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, seja retomado o “Campeonato de Futsal de Bairros em nosso Município”, com as partidas realizadas aos sábados.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_no_010-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_no_010-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, objetivando a reforma do Mercado Público Municipal da Vila de Aripibu.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_011-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_011-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, providencie o término do calçamento da Rua José Manoel da Silva, no bairro do Alto da Fé.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/480/indicacao_no_013-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/480/indicacao_no_013-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão,  DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalado toda Iluminação do Campo do Engenho Caxias.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_014-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_014-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que através da secretaria competente, que providencie o término do calçamento e saneamento da Rua Jaime da Silva Campos, correspondente à 150 metros, localizado no Bairro do Vaticano.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, através da Secretaria competente, que providencie a construção do calçadão no bairro da Vila Ferroviária com início da 1ª Travessa até a 10ª Travessa.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_016-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_016-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, através da Secretaria competente, que providencie a criação do Hospital das Crianças o (antigo Prosir).</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_no_017-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_no_017-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, providencie a instalação de alambrado no Campo da Vila José Mariano.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_no_018-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_no_018-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, objetivando a ativação dos poços artesianos da Vila José Mariano que já estão perfurados.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_no_019-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_no_019-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, objetivando a extensão do Cemitério Municipal São Sebastião.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, seja feita a reforma da Praça Dionila de Brito, com instalação de iluminação em led.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_021-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_021-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, seja elaborado um projeto arquitetônico e paisagista para implementação nas encostas, iniciando no Bairro do Terreirão até a entrada Rua João Felipe.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_022-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_022-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que a Praça Elizeu Lins de Andrade defronte ao Fórum e o estacionamento, seja requalificada com iluminações em led, bancos e lixeiras públicas.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_023-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_023-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, a Instituir o plano Municipal de ARBORIZAÇÃO URBANA no Município de Ribeirão.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_024-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_024-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a ligação da iluminação pública da entrada da Cidade.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_025-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_025-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que tome as providências de um esgoto aberto na Rua 13 de maio no bairro do Terreirão.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_026-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_026-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie para tapar buraco da rua João Sebastião de Melo na Nova Vila Rica a antiga Rua 3. 	Contém anexo</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/481/indicacao_no_027-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/481/indicacao_no_027-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello  Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalada a Iluminação do Campo do Engenho Segredo e da Vila Agrovila.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_028-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_028-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalado o transformador do campo do cuscuz.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_029-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_029-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que providencie a perfuração de (1) um poço artesiano nas pedreiras na Vila Aripibú</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_030-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_030-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja providenciado a instalação de alambrado ao redor do Campo do CIRA.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_031-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_031-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja feita a reforma as Praças da Vila José Mariano.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_032-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_032-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, seja feita a reforma da quadra e instalada a cobertura da mesma na Vila José Mariano (Caxangá)</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, seja feita a implantação do saneamento básico da Rua Sesquicentenário, próx. a oficina de Santino.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_034-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_034-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a implantação de placas de sinalização em toda Zona Rural nos Engenhos, Riachos, Povoados e Vilas.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_035-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_035-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a construção do calçamento da Travessa da Rua Paraná.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_no_036-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_no_036-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feito o calçamento e o saneamento básico da Rua Maria Carmelinda Maciel no Bairro do Alto da Fé</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_no_037-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_no_037-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de Saúde seja feito de uma UBS para o engenho Rainha do Anjos.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_038-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_038-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através competente, que providencie a implantação do saneamento básico da antiga BR 101, com início da Rua Acre, próximo ao Colégio Real e o término na Rua João Felipe.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_no_039-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_no_039-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, providencie a reposição do Calçamento da Rua Duarte Coelho no Bairro Novo.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_040-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_040-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, providencie o saneamento básico da Rua João Siqueira no Bairro Novo. 	Contém anexo</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_041-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_041-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a reforma da academia das cidades ao lado do Ginásio Fernandão.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_042-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_042-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as no|mas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que seja providenciado a instalação de iluminação no Cemitério público localizado na Vila Aripíbu.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_043-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_043-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja criada no âmbito da Câmara Municipal uma Comissão Especial para elaboração do Projeto de Resolução com o objetivo da criação do Código e Ética e Conduta Parlamentar da Câmara Municipal de Ribeirão.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_no_044-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_no_044-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja providenciada a reforma da Praça Ademar Monteiro no Bairro da Vila Rica.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_no_045-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_no_045-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, no sentido de que autorize a Secretaria de Infraestrutura, proceder a Reforma da Praça que fica defronte a Igreja São Pedro e São Paulo, situado no Bairro Vila Rica criando uma pista de Cooper.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_no_046-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_no_046-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, ceda uma retro escavadeira para a limpeza do rio do CIRA desassoreamento (desobstruir) a ponte.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_047-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_047-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalada Lâmpadas Led nas praças e avenidas da Cidade.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_048-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_048-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a reforma da ponte de ferro do acesso a Rua Nova na Vila Aripibu.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_049-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_049-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a implantação do calçamento e saneamento da Rua Otávio de Barros e Silva na Vila Cohab.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_051-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_051-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, viabilize a realização de um planejamento para implantação de dispositivos de coleta de lixo, junto ao trabalho educativo na comunidade para o recolhimento do lixo das seguintes ruas: Rua Falcão de Lacerda; Rua Canta Galo; Rua Vidal de Negreiros; Rua Major Duarte; Rua Alto da Cadeia na frente do Colégio Manassés; Rua Maurício de Nassau. Todas estas ruas no Bairro Novo.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_no_053-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_no_053-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, viabilize o reparo no telhado da Escola Municipal Manassés Correia Brasil, bem como a inspeção e manutenção em toda rede elétrica da instituição de ensino.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_055-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_055-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a implantação do gramado do campo do bairro Beira Rio.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_056-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_056-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a implantação do gramado do campo do cuscuz no Loteamento Pe. Cícero e o conserto das traves e construa uma pista de cooper.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_057-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_057-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que seja providenciado a instalação da iluminação e a construção de um (01) vestiário no campo da Vila Bandeirantes.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_058-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_058-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, que faça um apelo ao proprietário da nova Fábrica Metalúrgica a criar (1) uma escola para crianças com síndrome de down e autismo.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_059-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_059-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja providenciado a construção de bueiros na estrada próxima a igreja Assembleia de Deus no Engenho Rainha dos Anjos e acrescentar tubulações.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_060-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_060-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a implantação da iluminação do campo de Minas Novas.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_no_061-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_no_061-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, seja feita o saneamento básico da Rua Projetada C que fica próximo ao Ginásio Fernandão.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_063-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_063-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente a limpeza e manutenção dos bueiros das seguintes ruas do Bairro Novo: Rua Carlos Gomes; Rua Duque de Caixas; Rua Marechal Floriano Peixoto; Rua Marechal Deodoro da Fonseca e Rua Osvaldo Cruz.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_no_065-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_no_065-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente medidas de adequação da unidade hospitalar de Ribeirão para o atendimento de pacientes que apresentem síndrome respiratória.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_066-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_066-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalada a Iluminação do campo do Engenho Soledade.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento-n-067-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento-n-067-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao excelentíssimo senhor Prefeito deste Município para que seja a implantação do calçamento na 1ª travessa da Rua Acre no Bairro Eldorado.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/503/indicacao-_no_069-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/503/indicacao-_no_069-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito[o deste Município, no sentido que através da Secretaria competente, que seja providencie pesará as ladeiras do Engenho Bujarí.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_070-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_070-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plen6rio, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que seja feita a perfuração de (1) um poço artesiano no Sitio do Café.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, seja feita a Reforma da escadaria da Rua Acre no Bairro Eldorado.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_072-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_072-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a implantação do calçamento que liga o bairro do alto da cadeia ao loteamento Padre Cícero.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_no_073-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_no_073-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, Proceda a Reforma e manutenção dos corrimões localizados na Rua Henrique Dias (toca da onça) e na Rua Pará no Bairro Eldorado.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_no_074-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_no_074-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, Proceda a implantação de 4 lombada, localizadas no loteamento Soledade, na Rua Independência, na Rua 3 e Rua 5 (Vila Rica).</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_076-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_076-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja construído (02) dois Portais com letreiro na entrada da Vila Bandeirante e outro na antiga Federal.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_077-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_077-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, asfalte as principais Rua da Vila José Mariano (Caxangá).</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_078-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_078-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, implante (01) uma base de Guarda Municipal para a Vila José Mariano (Caxangá).</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_079-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_079-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que disponibilize uma "retro escavadeira" para realizar a limpeza do Rio da Vila José Mariano (caxangá).</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/258/indicacao_no_080-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/258/indicacao_no_080-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, providencie a Instalação de Corrimão na escadaria da Rua José Arlindo da Silva, mas conhecida como Rua um na Vila Bandeirante.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_no_081-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_no_081-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda a implantação de Calçamento e saneamento Básico da 6ª Travessa da Rua Projetada na Bela Vista II.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_no_082-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_no_082-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e ao Secretário de Saúde que priorize também Vacinas a Covid-19 aos Motoristas de ônibus.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_083-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_083-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e ao Secretário de Saúde que inclua entre o grupo de prioridade de Vacinação da Covid-19 os funcionários da Caixa Econômica Federal, Banco do Brasil, Banco Bradesco e Posto Bancários.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda à abertura das Quadras Poliesportivas, Campos de Futebol e Academia de Pernambuco.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_no_085-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_no_085-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja construído um “Ponto de Ônibus” defronte a antiga Rodoviária.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_086-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_086-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja feita a manutenção dos refletores do Campo da Vila Aripibú que seja se encontra apagados.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_087-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_087-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que atrav6s da secretaria de infraestrutura solicita a implantação do saneamento básico da travessa Francisco Gonçalves ao lado do Ginásio Fernandão.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a limpezas das boca de lobos da Avenida Mario Domingues após o antigo depósito da Lajil.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_089-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_089-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e ao Secretario de Saúde que de prioridade aos profissionais de segurança do Município na vacinação da Covid-19.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_090-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_090-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja construído uma pista de cooper ao redor do Campo do Bairro da Vila Rica.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_091-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_091-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja feita a reforma da Praça do Engenho Rainha dos Anjos (CIRA).</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, proceda a implantação de 20 (VINTE) manilhas de 1 (UM) metro com estrutura de ferro para ampliar a saída da água no Rio do Engenho Rainha dos Anjos (CIRA).</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_093-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_093-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a limpeza da galeria que estar entupida na Rua Getúlio Vargas, no Bairro da Cohab, de fronte a casa de nº 2239.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, seja feita a limpeza do acostamento dando início na entrada da Vila Bandeirante até a oficina de Zeca moleiro. 	Contém anexo</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_no_097-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_no_097-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e ao Secretario competente que seja instalada a iluminação do Engenho Amaraji, trecho aonde se localizava o antigo campo do Engenho, sentido Cohab.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_no_099-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_no_099-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, solicite a Secretaria competente a revitalização do portal da cidade, como também a restauração da passarela de pedestre, sobre a BR 101, que permite o acesso dos Bairros do Convento, Eldorado e a Rua Dionila de Brito.	Contém anexo</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_no_100-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_no_100-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente, medidas de vigilância sanitária do município, com o objetivo de orientar, acompanhar e fiscalizar as lojas do comércio para o protocolo de capacidade de clientes dentro dos estabelecimentos.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_no_101-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_no_101-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de Infraestrutura, que seja feita a reforma do portal da Cidade.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infra-estrutura, proceda a aquisição de lonas plásticas para a Defesa Civil atender a grande demanda nas áreas de encostas deste Município.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_no_104-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_no_104-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feito o conserto da ponte da Rua do Escritório, que dar acesso a Rua Nova e da Assembleia de Deus em Aripibu.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_105-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_105-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a implantação de calçamento da Rua Projetada na Bela Vista II.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_106-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_106-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a implantação de calçamento e saneamento básico da Rua Antonio Carolina da Silva (antiga Rua 8) e implante corrimão na escadaria na mesma.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_107-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_107-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que implante uma lombada defronte ao Bar do Surfista.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_no_108-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_no_108-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente, a retomada da obra de revitalização e capinação da quadra esportiva do Bairro Eldorado, localizada na Rua Acre.	Contém anexo</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_no_109-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_no_109-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente, a construção de uma escadaria em concreto com corrimão metálico na Rua Major Duarte, situada no Bairro Alto da Cadeia.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_no_110-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_no_110-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de Infraestrutura, que seja construída uma pequena praça com iluminação na Rua B, no bairro Alto da Fé.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja confeccionada duas trave para o campo do cuscuz.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_112-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_112-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente que seja instalação a iluminação da Rua da Pedreira, ao lado do campo, na Vila Aripibu.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_113-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_113-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente que seja instalada a iluminação da cacimba que fica na Rua do Barreirão, Vila José Mariano (Caxangá).</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_114-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_114-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Pref6ito deste Município, no sentido que através da Secretaria competente, que seja feita a implantação de calçamento e saneamento básico na Rua do oleiro na Vila Aripibu.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_no_115-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_no_115-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e a secretaria competente para passar a maquina niveladora na estrada que da acesso ao Engenho Normandia começando próximo a casa do Sargento até o final da Estrada.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_116-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_116-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, através da secretaria competente, que seja construída quadras de Society nos principais bairros da Cidade.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_117-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_117-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente que seja construída uma Praça Esportiva na Bandeirante parte baixa na BR 101 Km 152.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_118-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_118-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente que seja feita uma reforma no Posto Médico da Vila Bandeirante parte alta para que possa atender as necessidades da comunidade.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_119-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_119-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente que seja feita a reposição de calçamento da 1ª Trav. Francisco Gonçalves, Cohab.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_no_120-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_no_120-2021.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_no_121-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_no_121-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, providencie o retorno das tendas defronte a Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_122-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_122-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, proceda a reforma do chafariz na Rua Nova da Vila José Mariano.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_123-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_123-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja construída uma Praça Infantil defronte do Campo da Vila José Mariano.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_no_124-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_no_124-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente, a revitalização das duas pontes do Bairro da Vila Rica.	Contém anexo</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_no_125-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_no_125-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria competente, a construção de açudes para pequenos produtores rurais do município.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_127-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_127-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranh5o, DD. Prefeito deste Município, no sentido que atrav6s da Secretaria competente, que seja feita a implantação de iluminação na cacimba do bairro do Sesi.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_no_128-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_no_128-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranh5o, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que seja feita a reforma da Escola Municipal da Vila Aripibú.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_129-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_129-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, proceda com a implantação de Calçamento na Rua 04 no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_130-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_130-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, proceda a Construção de "Ponto de Ônibus" na Avenida Henrique de Barros e Silva, nas respectivas Ruas: Pedro Jorge, João Sebastião de Melo e Rua do Império.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_no_131-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_no_131-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite a Secretaria de obras e Infraestrutura a revitalização de pista de cooper, localizada no Bairro do Beira Rio.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_no_132-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_no_132-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria de Obras e Infraestrutura a reforma da escadaria da Rua Martins Júnior que permite o acesso a Rua Canta Galo.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_no_133-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_no_133-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a implantação do Calçamento que se inicia na BR-101 até a linha da Vila Aripibú.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e a Secretaria  de Infraestrutura que seja instalado um corrimão na escadaria que liga a Rua João Mariano ao Bairro Novo.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_135-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_135-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município,  e a Secretaria de Infraestrutura que seja instalada  a iluminação da Vila Bandeirante, BR 101, trajeto que liga a Rua 9 a Rua 16.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_136-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_136-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente que seja a implantação de Calçamento e Saneamento básico da Rua Acre 1ª travessa no Bairro Eldorado.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_137-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_137-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente que seja feita a continuação do muro de Arrimo, por traz da casa de nº760 ate a casa de numero 770 na Rua da Lama no Bairro da Vila Rica.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_138-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_138-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente que seja construído um muro de arrimo, implantação de calçamento e saneamento básico da Rua da Independência no Bairro Vila Rica.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja revitalizado o muro de arrimo da Rua sete de setembro no bairro do convento defronte a Igreja Católica Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_no_140-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_no_140-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria de Obras e Infraestrutura a revitalização da Toca da Onça, localizada no Bairro Novo.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_141-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_141-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que seja feita |a implanta¢5o de um corrimão na Rua N defronte a casa de nº 142 "A" no bairro Padre Cícero.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja feita a Reforma da Praça da Prefeitura.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_144-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_144-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de Infraestrutura providencie as trocas das lâmpadas da iluminação pública de nosso Município por lâmpadas Led.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_145-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_145-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e a Secretaria competente que seja instalada a iluminação do trecho da PE 085 que liga Minas Nova ao Bairro Canavial.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_146-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_146-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a reposição do calçamento e saneamento básico da Rua Maria Anunciada da Conceição no Bairro Bandeirante parte baixa.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_147-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_147-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente proceda a reposição do calçamento e saneamento básico da Rua João Felipe.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_148-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_148-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Saúde, a instalação de uma Central de Gases no Hospital Geral de Ribeirão.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_149-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_149-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Saúde, a aquisição de um concentrador de oxigênio para o Hospital Geral de Ribeirão.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_no_150-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_no_150-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a implantação do Calçamento e saneamento básico da Rua Projetada da antiga quadra velha Cohab.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_no_151-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_no_151-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita a implantação do calçamento na subida do cemitério de Aripibú.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_no_152-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_no_152-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que proceda a restauração das (02) duas pontes localizadas na Vila Aripibú e reforme o Banheiro Público Municipal da Vila Aripibú.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_153-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_153-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado apelo ao Exmº. Senhor Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, providencie a implantação do Calçamento defronte a Escola Municipal Rainha dos Anjos.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no_154-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no_154-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infra-Estrutura viabilize meio necessário para promover a reforma da Praça do Bairro Eldorado, um dos principais pontos de referência daquela comunidade. 	Contém anexo</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infra-Estrutura viabilize meio necessário para promover a reposição do Calçamento da Rua José Bonifácio no Alto da Cadeia.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infra-Estrutura providencie a reforma do Mercado Público Municipal, (Mercado da Carne).</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_157-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_157-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, reitera a Indicação nº 024/2021, no sentido que através da secretaria competente, que providencie a ligação da iluminação pública da entrada da Cidade.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/535/indicacao_no_158-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/535/indicacao_no_158-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie o término do calçamento da Rua 08 (Oito) João Epifânio dos Santos na Vila Bandeirantes.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_159-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_159-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através  da secretaria competente, proceda a reposição do Calçamento e saneamento básico na Rua Maria Anunciada de Lima no bairro Alto da Fé.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_no_160-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_no_160-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Educação, proceda a reabertura da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_no_161-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_no_161-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento e saneamento básico da Rua do Campo da Vila José Mariano.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_162-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_162-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, e ao Secretario de infra-estrutura que seja feito o calçamento da Travessa Pedro Guedes, no Bairro da Ferroviária.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_163-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_163-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infra-estrutura, que seja feita a Reposição de saneamento básico e Calçamento na Travessa Amapá e Rua Paraná ambas no Bairro Eldorado.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_no_165-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_no_165-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que de continuidade ao Calçamento da Rua Falçao Lacerda pasando de defronte a Igreja Católica do Padre Cícero.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/590/indicacao_no_166-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/590/indicacao_no_166-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento e saneamento básico da Rua João Felipe depois da Igreja Católica de São João Batista.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_no_167-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_no_167-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento e saneamento básico da Rua 6 e 10 do Bairro Vila Rica.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_168-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_168-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a Implantação do calçamento e saneamento básico da Rua Santos Dumont por traz do Bar de Amara Cigana.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/536/indicacao_no_169-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/536/indicacao_no_169-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a reposição do calçamento da Rua Amaro Pacheco no Bairro da Vila Cohab.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/284/indicacao_no_170-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/284/indicacao_no_170-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infra-Estrutura viabilize meio necessário para promover a reposição do saneamento básico da Rua Brasília defronte a Escola Educandário Criança Esperança no Bairro Eldorado.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_no_171-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_no_171-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infra-Estrutura viabilize meio necessário para promover a implantação do Calçamento e Saneamento Básico da 1ª Travessa Acre no Bairro Eldorado.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a implantação do alambrado da quadra do Bairro Eldorado. 	Contém anexo</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_173-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_173-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura e Secretaria Municipal de Saúde a reforma das Unidades de Saúde Básica da zona urbana e rural.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_175-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_175-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Saúde os ajustes e readequação da estrutura física do Hospital Geral de Ribeirão para melhoria na triagem obstétricas (gestantes).</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_177-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_177-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar à Secretaria de Infraestrutura que seja construída 2 lombadas na Rua João Rodrigues, Na Vila José Mariano (Caxangá).</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_178--2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_178--2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar à Secretaria de Infraestrutura que seja feita a ampliação da Iluminação da subida do Loteamento Uchôa.</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_180-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_180-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, implante calçamento na Rua da Adubeira e Rua Nova na Vila José Mariano.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/593/indicacao_no_182-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/593/indicacao_no_182-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a continuação do muro de arrimo no Bairro da Invasão na Rua B.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_183-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_183-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Educação um estudo para implementação de Cursinho Pré - Vestibular/ ENEM destinado a atender alunos da rede municipal.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_184-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_184-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria competente a reforma e instalação de corrimão nas escadarias das ruas do Bairro Terreirão.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_185-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_185-2021.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcelle Maranhão, DD. Prefeito deste Município, solicitar à Secretaria de Infraestrutura que seja feita a encanação e instalação da caixa d'água na rua da pista, em Aripibú</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_186-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_186-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja feita a reposição do calçamento e saneamento básico na Rua Rafaelo Bacce (Rua da Igreja) na Vila José Mariano (caxangá)</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_187-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_187-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja feita a iluminação da Rua Eurico Gama na Vila José Mariano (Caxangá).</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_188-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_188-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar À Secretaria de Infraestrutura que seja feita a ampliação da Iluminação da Academia Pernambuco, localizada no Bairro da Cohab.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/594/indicacao_no_190-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/594/indicacao_no_190-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a retirada dos entulhos pós reposição do calçamento para a liberação das seguintes Ruas José Brito de Araújo, José Pedro de Lima e Félix Gomes.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/595/indicacao_no_191-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/595/indicacao_no_191-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento e saneamento básico da antiga Rua cinco da Bandeirante parte baixa.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_192-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_192-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie implantação do calçamento da rua do cruzamento da antiga garagem São Domingos até o Campo. 	Contém anexo</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_193-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_193-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que tome as providências de três buraco a céu aberto na Rua José Firmino bairro da Cohab.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/537/indicacao_no_196-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/537/indicacao_no_196-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a troca das lâmpadas da Rua 13 de Maio no Bairro do Terreirão.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente proceda a Implantação do Calçamento e saneamento básico na Rua Macaíba beira ponte na Santos Dumont. 	Contém anexo</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/288/indicacao_no_198-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/288/indicacao_no_198-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente. Objetivando a Reforma do Mercado Público Municipal, mas conhecido como Mercado de Farinha, situado em nosso município.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_no_199-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_no_199-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a implantação do calçamento e saneamento básico da Rua Oito da Bandeirante (parte baixa).</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/597/indicacao_no_200-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/597/indicacao_no_200-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento da 3ª Travessa da Sesquicentenário.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_201-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_201-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar à Secretaria de Infraestrutura que seja feita a continuação do saneamento da Rua Francisca Estreliana, ao lado do Ginásio Fernandão, Bairro da Cohab.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_202-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_202-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de infraestrutura a reforma do telhado e a pintura da Escola Municipal Dr. Caetano Monteiro.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_no_203-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_no_203-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria competente a criação do ambulatório especializado pata atendimento as crianças com deficiência do Município de Ribeirão.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/533/indicacao_no_204-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/533/indicacao_no_204-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar à Secretaria de Agricultura que seja feita a perfuração de um poço artesiano na rua da pista, localizada na Vila Aripibú.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_205-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_205-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que implante as identificações de todas as ruas do Bairro da Bela Vista I.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_206-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_206-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que proceda a implantação de calçamento defronte da UBS do Bairro da Vila Rica.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/538/indicacao_no_207-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/538/indicacao_no_207-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a implantação da iluminação pública em dois postos faltando braços, reatores e lâmpadas na Rua São Sebastião de Melo (antiga Rua 03), no Bairro Vila Rica, próximo a Associação.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, o sentido que através da secretaria competente que implante a cobertura da quadra da Escola Municipal Sônia Lustosa, junto com a pintura do piso da quadra.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que tome as providencias de esgoto a céu aberto na Rua José Felipe sobrinho, defronte ao Colégio Ceru.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_no_212-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_no_212-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja construido um muro de arrimo na Rua Otaviano Rocha no Bairro Alto da Cadeia.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/534/indicacao_no_213-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/534/indicacao_no_213-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar à Secretaria de Infraestrutura que seja feita a continuação do calçamento da Rua João Felipe até o corte mole.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_no_216-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_no_216-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de infraestrutura que providencie a retirada dos entulhos da Rua Maurício de Nassau, localizada no Bairro Novo, como também dê seguimento a obra para a finalização da Praça da referida rua.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_no_217-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_no_217-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal competente a implantação do processo de acolhimento com classificação de risco no Hospital Geral do Município de Ribeirão.	Contém anexo</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_218-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_218-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja construída Quadra de Society.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_219-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_219-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Infraestrutura que providencie a tampa do bueiro localizado em frente a Escola Municipal Manasses Correia Brasil.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_220-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_220-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Municipal de Educação um estudo visando a possibilidade de inserir atividades esportivas para os alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/539/indicacao_no_221-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/539/indicacao_no_221-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie o término do calçamento e que seja feito de imediato a implantação de uma escadaria com corrimão na Rua José Maria Vasconcelos, no Bairro da Cohab.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_no_222-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_no_222-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que coloque 2 (dois) técnicos agrícola na secretaria de agricultura pra dar assistência aos agricultores</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_no_226-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_no_226-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a vitalização da Escola Municipal do Engenho Campanha.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_no_227-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_no_227-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento e saneamento básico da Rua Clóvis Lapa no Bairro da Cohab.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_228-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_228-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a implantação de um ponto de moto-táxi na Rua José Brito de Araújo no Bairro Alto da Fé.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que proceda a revitalização do calçamento da Rua Manoel Cândido Uchôa, no Bairro da Cohab.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/540/indicacao_no_230-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/540/indicacao_no_230-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a implantação do calçamento e saneamento (aproximadamente 30 metros), na Travessa Getúlio Vargas, no Bairro da Cohab.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_231-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_231-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria competente a implantação de dispositivos de lixeira dentro do Ginásio Poliesportivo Fernandão, além disso, que providencie a iluminação da frente do referido Ginásio, localizado no Bairro da Cohab.	Contém anexo</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_235-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_235-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente proceda a reposição do calçamento da Rua Padre Expedido no Bairro da COHAB.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_236-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_236-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria competente a viabilidade para adequação da Praça de alimentação no formato Food -Truck, com vistas a atender e padronizar as barracas de lanches localizadas na Praça Abelardo de Sena.	Contém anexo</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_237-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_237-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria Obras e Infraestrutura que providencie com urgência a limpeza e capinação da Rua Dionilo de Brito, bem como a pintura do Cais localizado na referida Rua do Bairro Novo.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_238-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_238-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura proceda a implantação do calçamento e saneamento básico no Sítio do Café.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_239-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_239-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de Saúde, proceda à abertura do Posto de Saúde do Engenho Brejo.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_240-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_240-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda a reposição de calçamento e recolhimento de entulhos na Rua Sesquicentenário, em frente à Escola CERU.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_242-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_242-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que proceda o término do calçamento da Rua Soledade no Bairro do Vila Rica.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_243-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_243-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, que proceda a perfuração de um poço artesiano na comunidade do Engenho Minas Nova.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_245-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_245-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que solicite à Secretaria competente para que providencie os reparos na iluminação do Espaço Cidadania, localizado no bairro do SESI (antigo SESI de Ribeirão).</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_246-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_246-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que reforme o Centro das Mulheres de Ribeirão na Rua Getúlio Vargas, Cohab, nº 17 com o objetivo de proporcionar um conforto necessário em um ambiente de acolhimento.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_247-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_247-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que disponibilize guardas municipais no mercado público de carne.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_248-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_248-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda à reforma da Praça da Rua Pedro Nunes Pontes, antiga Rua Cinco.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/720/1716215859_indicacao-n-2492021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/720/1716215859_indicacao-n-2492021.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria competente a implantação no Hospital Geral do Ribeirão do sistema de comunicação via rádio com as unidades de saúde do município.	Contém anexo</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_no_250-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_no_250-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente providencie a implantação de duas passarelas nas pontes em direção ao bairro da Vila Rica.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_no_251-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_no_251-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente providencie a implantação da Praça de alimentação na praça ao lado Clube Recreativo da Vila José Mariano.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_252-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_252-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a implantação do conjunto de iluminação pública em 02 (dois) postos, localizados na 4ª Travessa da Av. Mário Domingues, logo após a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/545/indicacao_no_253-2021.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/545/indicacao_no_253-2021.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que providencie a retirada de barros e entulhos na Rua Maurício de Nassau.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3514,68 +3514,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_n_006-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no010-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/552/requerimento_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/492/requerimento_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/494/requerimento_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/478/requermento_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/497/requerimento_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/498/requerimento_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/500/requerimento_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/501/requerimento_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/554/requerimento_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/504/requerimento_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/505/requerimento_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/507/requerimento_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/558/requerimento_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/480/indicacao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/481/indicacao_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento-n-067-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/503/indicacao-_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/258/indicacao_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_093-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_no_097-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_no_099-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_no_110-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_112-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_118-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_119-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_no_124-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_129-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_130-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_no_131-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_no_132-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_137-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_138-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_no_140-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_141-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_144-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_145-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_146-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_147-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_148-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_149-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_no_150-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_no_151-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_no_152-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_153-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no_154-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_157-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/535/indicacao_no_158-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_159-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_no_160-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_no_161-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_162-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_163-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_no_165-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/590/indicacao_no_166-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_no_167-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_168-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/536/indicacao_no_169-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/284/indicacao_no_170-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_no_171-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_173-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_175-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_177-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_178--2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_180-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/593/indicacao_no_182-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_183-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_184-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_185-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_186-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_187-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_188-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/594/indicacao_no_190-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/595/indicacao_no_191-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_192-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_193-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/537/indicacao_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/288/indicacao_no_198-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_no_199-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/597/indicacao_no_200-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_201-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_202-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_no_203-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/533/indicacao_no_204-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_205-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_206-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/538/indicacao_no_207-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_no_212-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/534/indicacao_no_213-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_no_216-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_no_217-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_218-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_219-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_220-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/539/indicacao_no_221-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_no_222-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_no_226-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_no_227-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_228-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/540/indicacao_no_230-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_231-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_235-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_236-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_237-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_238-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_239-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_240-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_242-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_243-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_245-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_246-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_247-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_248-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/720/1716215859_indicacao-n-2492021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_no_250-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_no_251-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_252-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/545/indicacao_no_253-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_n_006-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no010-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/552/requerimento_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/149/requerimento_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/492/requerimento_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/494/requerimento_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/478/requermento_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/497/requerimento_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/498/requerimento_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/500/requerimento_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/501/requerimento_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/554/requerimento_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/504/requerimento_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/505/requerimento_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/507/requerimento_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/558/requerimento_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/269/requerimento_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/480/indicacao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/481/indicacao_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento-n-067-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/503/indicacao-_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/258/indicacao_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/260/indicacao_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_093-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_no_097-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_no_099-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_no_110-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_112-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_118-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_119-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/261/indicacao_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_no_124-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_129-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_130-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_no_131-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_no_132-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_137-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_138-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_no_140-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_141-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_144-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_145-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_146-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_147-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_148-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_149-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_no_150-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_no_151-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_no_152-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_153-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no_154-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_157-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/535/indicacao_no_158-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_159-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_no_160-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_no_161-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_162-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_163-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_no_165-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/590/indicacao_no_166-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_no_167-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_168-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/536/indicacao_no_169-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/284/indicacao_no_170-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_no_171-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_173-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_175-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_177-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_178--2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_180-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/593/indicacao_no_182-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_183-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_184-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_185-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_186-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_187-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_188-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/594/indicacao_no_190-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/595/indicacao_no_191-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_192-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_193-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/537/indicacao_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/288/indicacao_no_198-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_no_199-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/597/indicacao_no_200-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_201-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_202-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_no_203-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/533/indicacao_no_204-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_205-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_206-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/538/indicacao_no_207-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_no_212-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/534/indicacao_no_213-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_no_216-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_no_217-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_218-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_219-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_220-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/539/indicacao_no_221-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_no_222-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_no_226-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_no_227-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_228-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/540/indicacao_no_230-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_231-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_235-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_236-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_237-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_238-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_239-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_240-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_242-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_243-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_245-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_246-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_247-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_248-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/720/1716215859_indicacao-n-2492021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_no_250-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_no_251-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_252-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2021/545/indicacao_no_253-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>