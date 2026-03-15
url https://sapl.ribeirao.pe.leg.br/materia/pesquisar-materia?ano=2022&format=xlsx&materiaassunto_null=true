--- v0 (2025-12-09)
+++ v1 (2026-03-15)
@@ -54,2142 +54,2142 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Tenente Arão Barcelos</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/408/requerimento_no_001-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/408/requerimento_no_001-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, que seja implantada nas principais vias locais, câmeras de vigilância urbana, como também, a realização de convênio de monitoramento com a Policia Militar de Pernambuco, através do 10º Batalhão de Polícia Militar</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Aguinaldo do Canavial</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_003-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_003-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que seja implantado um laboratório de analises de solo.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MILSON DO CALDINHO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_004-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_004-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que sejam enviadas as cópias do contrato e aditivos entre o Município e Compesa.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/409/requerimento_no_005-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/409/requerimento_no_005-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que seja providenciado um "lMÓVEL" público ou residência para que a companhia do BEPI ''CIOSAC" possa vir se instalar em nosso município.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>LÊIMISSON CRAVO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_no_007-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_no_007-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado ao Presidente da Câmara Municipal do Ribeirão, Exmo. Sr. Vereador Itamar Melo da Silva, o pedido para a constituição da Comissão Especial da Fiscalização da COMPESA (Companhia Pernambucana de Saneamento), formada por 03 (três) membros desta casa legislativa.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>RILDO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_no_008-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_no_008-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, no sentido que a Guarda Municipal de Ribeirão possa utilizar os ônibus que circula no nosso Município gratuitamente como função da sua Policia Administrativa.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Itamar Barcelos</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_no_009-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_no_009-2022.pdf</t>
   </si>
   <si>
     <t>Pelo presente requeiro, ouvido Plenário desta Casa Legislativa, nos termos regimentais, que seja remetido urn ofício ao Grupo Neoenergia Pernambuco, requerendo a Recondutagem dos cabos elétricos da Rua Siqueira Santos, bairro centro, no município de Ribeirão, Estado de Pernambuco.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_no_010-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_no_010-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que reveja em caráter de urgência a questão dos 10% no salário dos servidores.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_no_011-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_no_011-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcelo Maranhão, que cumpra a portaria do Presidente da República datada em 04/02/22, que estabelece o novo piso salarial dos professores com reajuste de 33,24% para 2022, ficando o novo piso em R$ 3.845,63 reais com isso valorizando os profissionais da educação.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/499/requerimento_no_012-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/499/requerimento_no_012-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, inciso IX do regimento interno, ouvido o Plenário e respeitadas todas as formalidades legais, que seja encaminhado ao Presidente da Câmara Municipal do Ribeirão, Exmo. Sr. Vereador Itamar Melo da Silva, Pedindo a fim de que seja viabilizada a reunião com o Poder Executivo, representantes do Sindicato dos Profissionais da Educação, Secretário de Educação e os Vereadores da Comissão Permanente de Educação da Câmara Municipal de Ribeirão, com vistas a discutir o reajuste do piso salarial, conforte Portaria Nº 67/2022 e Lei do Piso Nº 11.738/2008.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_013-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_013-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Eng. Haroldo José Cordeiro Machado que seja vista a possibilidade da Usina de Asfalto situada as margens da BR-101 na PE-85, não ser ofertada a administração de outro município, tendo em vista que a mesma e de suma importância para o nosso município e adjacentes.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/502/requerimento_no_015-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/502/requerimento_no_015-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, do regimento interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências do Secretário Municipal de Educação, no sentido de implantar um programa de reforço escolar para os alunos da rede pública municipal de ensino de Ribeirão.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/195/requerimento_no_016-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/195/requerimento_no_016-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Gerente Compesa do Município de Ribeirão, que faça um horário de programação de abastecimento de água nos bairros do Município.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_no_018-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_no_018-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado urn apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que seja construído urn muro de arrimo na Rua Siqueira Santos, Centro.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_no_019-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_no_019-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que seja implantado asfalto nas principais vias dos bairros; Bairro Eldorado na Rua Acre, Bairro Vila Rica, Rua Henrique Barros e Silva, Bairro Alto da Cadeia, Falcão de Lacerda e Rua Jose Brito de Araújo, Alto da Fé.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>LEIDE</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_no020-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_no020-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, e a Secretária de Administração do Município, que envie a esta Casa Legislativa um relatório das emendas parlamentares recebidas identificando quais Deputados mandou e valores.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/414/requerimento_no_021-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/414/requerimento_no_021-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que providencie em caráter de urgência Projeto de Lei sobre a criação do auxilio universitário, comprovando ser de baixa renda e estar inscrito no cadastro único objetivando o custo com alimentação e material escolar.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Irmão Saulo</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_n_023-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_n_023-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Diretor do DER-PE, proceda à implantação de uma lombada e sinalização de curva acentuada a esquerda na PE-085, próximo a CHESF.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/197/requerimento_no_024-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/197/requerimento_no_024-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja consignado na ata dos trabalhos desta Casa Legislativa, VOTO de APLAUSOS a Guarda Municipal de Ribeirão, pelos serviços prestados desde a sua criação a sociedade ribeirãoense.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_025-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_025-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à  Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, junta com a secretaria competente, que proceda a instalação da cobertura da academia da cidade na Avenida Mario Domingues, ao lado da extensão da Escola Henrique Barros e Silva (LION).</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Militão Filho</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_026-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_026-2022.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo Municipal de Ribeirão, através do Vereador Alequissandro Miranda de Barros e Silva, solicitar informação acerca da denúncia sobre veículo pertencente a família do requerente, bem como que sejam tomadas as providências cabíveis.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/418/requerimento_no_028-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/418/requerimento_no_028-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, junto com a secretaria competente, que providencie melhorias na estrada vicinal que liga a Rua José Felipe Sobrinho (Rua do Colégio Ceru), até a BR-101. mas conhecida como a estrada da prainha.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>FERNANDINHO DE AMARA CIGANA</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/246/requerimento_no_029-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/246/requerimento_no_029-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, junto a secretaria competente, que reforme e construa Box na Praça a Restauração antiga Praça 11 de setembro transformando ela assim em uma praça de alimentação.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/422/requerimento_no_030-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/422/requerimento_no_030-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que proceda a instalação de mastros com as bandeiras do Brasil de Pernambuco e do Município nas entradas da cidade, bem como reativar os mastros com as bandeiras em todas as Escolas Municipais.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>EDGAR DO CIRA</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_031-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_031-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Diretor do DNIT, que proceda a implantação de um retorno para a comunidade do Engenho Rainha dos Anjos, (Cira) por baixo do viaduto no KM 146 sobre a linha férrea.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que veja meios possíveis junto a secretaria de infraestrutura, para proceder à implantação do asfalto da Avenida Agamenon Magalhães.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_033-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_033-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que crie uma coordenadoria de transito municipal, desvinculando a mesma chefia da referida instituição, ao exemplo de outros municípios como Palmares, Toritama entres outros no estado de Pernambuco, cabendo diretamente ao Prefeito ou a quem ele delegar a nomeação de quem comandava a referida Coordenadoria.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_no_034-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_no_034-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja convocado o Senhor Secretario de Educação Tiago Borges, para que o mesmo apresente as informações e documentações requeridas abaixo na Próxima reunião dia 01.06 do corrente ano, objetivando esclarecer junto ao Poder Legislativo Municipal, a não concessão do reajuste do piso salarial dos professores da rede de ensino municipal.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/308/requerimento_no_035-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/308/requerimento_no_035-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Secretario de Administração Lírio Junior, solicita desta secretaria a relação nominal dos Agentes Patrimoniais e o devido grau de escolaridade conforme já solicitado através de requerimento de n° 041/2021, aprovado por unanimidade em sessão deste Poder Legislativo.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Israel Francisco</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_no_036-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_no_036-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, requeiro que seja estendido o pagamento do piso nacional do magistério aos professores contratados por tempo determinado para atender a necessidade temporária de excepcional interesse público, ao pagamento de ferias e de 13° salário.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_037-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_037-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado um apelo aos Excelentíssimos Senhores Deputado Estadual Aluísio Lessa e ao Deputado Federal Fernando Monteiro, que viabilize meios necessários para executar a revitalizações das estradas da Zona Rural de nosso Município.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_038-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_038-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão. Marcelo Maranhão, que execute em caráter de urgência melhorias nas estradas rurais dos engenhos sitio do café, repouso, Bujarí, Rainha dos Anjos e caetés.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_no_039-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_no_039-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, junto com a secretaria de meio ambiente, que providencie a contratação de um técnico em segurança do trabalho para dar palestras aos servidores e que seja feita a disponibilização de EPl`s.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_no_040-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_no_040-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, do regimento interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências Exmo. Sr. Presidente da Câmara Municipal de Ribeirão, Exmo. Sr. Vereador Itamar Melo da Silva, para viabilizar a implantação do programa INTERLEGIS na Câmara Municipal de Ribeirão.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/310/requerimento_no_041-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/310/requerimento_no_041-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor ltamar Melo da Silva, Presidente da Câmara de Vereadores do Município de Ribeirão e os demais Vereadores que subscreveram este requerimento que convoque uma Audiência Pública, com o Tema: O Protagonismo do Município no Sistema Único de Segurança Pública.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_no_042-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_no_042-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito Marcello Maranhão, que junto com um órgão competente que seja colocado placas de área escolar na Rua Martins Júnior em razão que haver três escolas na referida rua, bem como, placas de proibido estacionar em uma das vias, ficando autorizado o estacionamento em apenas um lado da rua.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_no_043-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_no_043-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao excelentíssimo Senhor Prefeito Marcello Maranhão, que junto com um órgão competente que seja construído uma Pista de Cooper na extensão da antiga linha férrea do nosso município, (da vila Cohab ate o Bairro do Vaticano), dando, mas uma opção a população a praticar exercícios pra melhoria da saúde e bem-estar.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_no_044-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_no_044-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito Marcello Maranhão, que junto com um órgão competente para que seja reservada uma faixa para exclusividade do motociclista nas principais ruas do nosso município.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que junto com um órgão competente que seja construído pontos de ônibus, de moto táxi, em vários locais do Município: defronte do Hospital Municipal, as margens d BR-101, defronte da CDL, na Avenida Mario Domingues, Praça Joaquim Nabuco, na entrada do Bairro do Novo, no Bairro da Vila Rica na parte alta, e no bairro Padre Cicero.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Manoel Sapão</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_no_046-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_no_046-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Maurício Canuto Mendes, Diretor do DER-PE, que providencie a implantação da proteção lateral da Ponte sobre o Rio Amaraji, na Vila José Mariano no Município de Ribeirão, na PE-085.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_no_047-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_no_047-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Governador do estado de Pernambuco, Senhor Paulo Câmara, e a ADEPE, e aos outros órgãos competentes para que tome providencias para que o proprietário dos animais retire os animais que estar nas terras do Distrito Industrial no Municipio de Ribeirão.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_048-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_048-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja encaminhado um apelo ao Excelentíssimo Senhor Prefeito deste município, que junto com um órgão competente para que os treinadores dos clubes que estejam participando do campeonato de futebol de campo de Ribeirão tenham direito a um contrato de (um salário mínimo), enquanto o campeonato estiver em vigor.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, do regimento interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências Exmo. Sr. Presidente da Câmara Municipal de Ribeirão, Exmo. Sr. Vereador Itamar Melo da Silva, para viabilizar a implantação do programa CAF - CENTRO DE ABASTECIMENTO FARMACÊUTICO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_no_051-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_no_051-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja consignado na ata dos trabalhos desta casa Legislativa jo dia de hoje, VOTOS DE APALUSOS aos Servidores Municipais Srª Tatiane Roberta da Cruz, Srª Adriana Cristina de Souza, Srª Allana Nathalia Cândido Lins, Srª Eliane Xavier de Freitas, Srª Cláudia Cruz da Silva, Srª Maria Rosinere da Silva, Srº José Flávio Alves Firmino, Dr. João  Lucas, Srª Lucicleide Maria Bezerra de Macedo Srª Nádia Maria Santos da Silva.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_no_052-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_no_052-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado urn apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que proceda a adequação das calçadas do centro da cidade para as pessoas com deficiência, tendo em vista o Projeto de Lei, sobre o estatuto da pessoa com deficiencia.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/516/requerimento_no_053-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/516/requerimento_no_053-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, do regimento interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências Exmo. Sr. Presidente da Câmara Municipal de Ribeirão, Exmo. Sr. Itamar Melo da Silva, para viabilizar a implantação de uma área de recreação e instalação de um parquinho na área externa da Escola Henrique de Barros e Silva, localizada neste Município de Ribeirão.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/438/requerimento_no_054-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/438/requerimento_no_054-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito Marcello Maranhão, que junto com um órgão competente que o mesmo veja meios possíveis para que seja pago um bônus a todos os professores da rede municipal.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_no_055-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_no_055-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, requerer, junto a secretaria municipal competente, providencia no sentido de determinar o rateio das sobras de recursos do Fundo de a manutenção e Desenvolvimento da Educação Básica- FUNDEB, com os servidores em efetivo exercício no magistério da educação básica.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_056-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_056-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, no uso das minhas atribuições, conforme o artigo 131, do regimento interno, ouvido o Plenário e respeitadas todas as formalidades legais, providências Exmo. Sr. Marcello Maranhão, Prefeito do Municipal de Ribeirão, que viabilize e reestruturação e manutenção da base do SAMU.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_no_057-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_no_057-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que construa uma Creche em nosso município.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_no_058-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_no_058-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a V.Exª, nos termos do Regimento lnterno, ouvido o Plenário, seja registrado nos Anais da Casa voto de pesar pelo falecimento da senhora IRENE GOUVEIA DE SALES, sendo esta iniciativa comunicada a família enlutada, através de seus filhos: Marcos, Carlos Cesar, Tania, Taciana, Telma, Tácio, Isaac Filho.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/196/requerimento_no_017-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/196/requerimento_no_017-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, que veja junto com a secretaria de infraestrutura, para proceder á revitalização do asfalto das seguinte Ruas; Rua João Pessoa Ayres Filho, Rua José Vitorino Moura, Rua Dona Fortunata, Rua João Pessoa, Rua do Sol, Rua Cleto Campelo, Avenida João Cardoso Ayres e Avenida Radio Clube.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que construa um Posto de Saúde Familiar (PSF), na Cohab próximo a Delegacia.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/419/requerimento_no002-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/419/requerimento_no002-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Excelentíssimo Senhor Prefeito do Município de Ribeirão, Marcello Maranhão, para que seja feita a reforma do Mercado e banheiro público de Aripibú. O seguinte requerimento tem como objetivo proporcionar um ambiente mais organizado e limpo pra quem usa os locais.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_no_001-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_no_001-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que seja feita a implantação do calçamento no Sítio Garganela.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_002-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_002-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Infraestrutura perfure poços artesianos nas seguintes localidades: Engenho Rainha dos Anjos, Sítio do café.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_003-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_003-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Infraestrutura, proceda a reforma da praça do Engenho Rainha dos Anjos, junto com a retomada das obras da implantação do calçamento.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infraestrutura, proceda à implantação de lâmpadas led Praça Tancredo Neves, no Bairro Eldorado, e na Praça da Rua Dionila de Brito.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infraestrutura, providencie a perfuração de um poço artesiano no Bairro Eldorado.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_no_006-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_no_006-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, providencie a implantação de calçamento e saneamento da Rua Santos Dumont, por trás da Igreja Assembleia de Deus, no bairro Beira Rio.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_no_007-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_no_007-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, providencie a implantação de calçamento e saneamento da 2ª Travessa Brasília, no bairro Eldorado, próximo à praça.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_no_008-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_no_008-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, providencie a implantação de calçamento e saneamento da 2ª travessa da Rua Getúlio Vargas, no bairro Cohab.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_no009-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_no009-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, que sejam instaladas lâmpadas de LED no Campo do Cuscuz (loteamento Padre Cicero), Academia Pernambuco, praças e Avenidas da Cidade.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_010-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_010-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de infraestrutura, que seja feita a continuação do calçamento que liga O loteamento Padre Cicero ao Bairro Alto da Cadeia ( Rua Falcão de Lacerda). A seguinte indicação tem como objetivo sanar um problema antigo nessa localidade com o acesso e dar uma melhor qualidade de vida para os moradores.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_no_011-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_no_011-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda a limpeza das margens dos rios que cruzam o nosso município.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_no_012-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_no_012-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda à implantação de um corrimão altura mínima de 1 metro, na 1ª ponte do bairro Vila Rica.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_no_013-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_no_013-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que providencie a construção de um letreiro turístico com a descrição “EU AMO RIBEIRÃO”, em pontos estratégicos de fronte ao antigo Posto da Polícia Rodoviária Federal, na entrada da Vila Bandeirante, Praça Aluisio Nicodemos e na entrada principal do Município de Ribeirão, na BR 101.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_014-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_014-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de infraestrutura, que seja feita a instalação da iluminação da Cacimba que fica na Rua Maria Beatriz Pontes, Bairro do Sesi e a instalação dos refletores do Campinho que fica em frente à Escola Municipal Joaquim Nabuco, Vila Aripibú.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_015-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_015-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, e Saúde para que seja feita uma reforma no posto médico do Engenho Campanha.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_016-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_016-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de infraestrutura, seja feita a continuação da construção da Quadra do Eldorado que fica ao lado da Escola Dr. Caetano Monteiro.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_no_017-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_no_017-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, providencie a pintura da escadaria e ampliação do corrimão da Rua José Manoel da Silva, no Bairro Alto da Fé.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_no_018-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_no_018-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, proceda à reposição do calçamento da Rua Oscar Ferreira Santos, no Bairro do Alto da Fé.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_no_019-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_no_019-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que seja feita à implantação de muro de arrimo na Rua Acre e limpezas de entulhos e reposição do calçamento e saneamento na Rua Pará.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente, providencie a confecção de duas traves para o campo do SESI.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_021-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_021-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Infraestrutura, proceda à implantação do calçamento da 1ª Travessa da Rua Acre no Bairro Eldorado.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_022-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_022-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Infraestrutura, proceda à implantação do calçamento e saneamento básico da Rua do Oleiro na Vila Aripibú.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_no_023-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_no_023-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda a perfuração de um poço artesiano no Hospital Municipal do Ribeirão.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_no_024-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_no_024-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, faça as trocas das lâmpadas comuns por lâmpadas LED na quadra da escola Municipal da Vila José Mariano.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_025-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_025-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de infraestrutura, seja construído um portal na entrada da Vila José Mariano.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_026-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_026-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de infraestrutura, seja feita a cobertura da quadra da Vila José Mariano.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_027-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_027-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de infraestrutura, seja feita a implantação do calçamento e saneamento básico nas ruas Engenheiro Tadeu Vieira de Oliveira, Rua Virgínia Maria da Silva; Rua Antônio Rômulo Sobrinho; Rua da Palha e Rua Amarela, todas situadas na Vila José Mariano (Caxangá),</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/673/indicacao_no_028-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/673/indicacao_no_028-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município e a Secretaria Municipal de Educação a distribuição de kit de fardamento escolar aos alunos devidamente matriculados na rede municipal de ensino...</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_no_029-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_no_029-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, a Secretaria Municipal de Educação e a Secretaria de Transporte que providencie curso de formação para os condutores de transporte escolar do município promovido por entidade reconhecida pela legislação nacional.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/199/indicacao_no_030-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/199/indicacao_no_030-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, que seja feita uma grafitagem no muro de arrimo que vai ser iniciada as obras as margens da BR 101.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/200/indicacao_no_031-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/200/indicacao_no_031-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, que coloque novamente os cavalos para fazer a coleta dos lixos.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_no_032-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_no_032-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda o término da implantação do calçamento da Rua Joaquim Carvalho de oliveira no Bairro do Vaticano.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_no_033-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_no_033-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, que proceda a complementação do calçamento da Rua do lado do Mercado Público da Vila José Mariano, até o PSF da mesma.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_034-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_034-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Infraestrutura, proceda à reabertura dos rios de Aripibú e do Engenho Rainha dos Anjos (Cira).</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, viabilize a instalação de rádios amadores na zona rural de Ribeirão, especialmente nos locais que não possuem sinal de telefonia móvel, como também, a implantação de central de rádios amadores.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/677/indicacao_no_036-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/677/indicacao_no_036-2022.pdf</t>
   </si>
   <si>
     <t>Reitero a Vossa Excelência, a solicitação já formulada nos termos do Requerimento de n. º 014/2021, apresentando em 13/04/2021, e aprovada por esta Casa Legislativa, a fim de que seja realizada a transferência da Unidade Básica de Saúde 9 - José Costa Cavalcanti Júnior para o local de origem, Centro de Ribeirão-PE.	Contém anexo</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/678/indicacao_no_037-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/678/indicacao_no_037-2022.pdf</t>
   </si>
   <si>
     <t>Reitero a Vossa Excelência, a solicitação já formulada nos termos da indicação de n.º 131/2021, apresentada em 25/05/2021, e aprovada por esta Casa Legislativa, a fim de que seja executada a revitalização da Pista de Cooper, localizada no Bairro do Beira Rio.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_039-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_039-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de Infraestrutura, proceda com a implantação de um guarda corpo no muro de arrimo do bairro do terreirão.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_040-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_040-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja providenciado á instalação de alambrado e iluminação do Campo do CIRA.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_no_041-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_no_041-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que seja feita à retirada dos entulhos e reforma da escadaria da Rua Antônio Carolino da Silva antiga Rua Oito no bairro da Vila Rica.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_no_042-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_no_042-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que seja feita à reposição do calçamento da 2ª Travessa da Francisco Gonçalves.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_no_043-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_no_043-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que seja feita às trocas das lâmpadas da Rua Treze e Quatorze do bairro Bandeirantes parte baixa.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_no_044-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_no_044-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda à implantação de calçamento na Rua Santos Dumont, por traz da Escola Henrique Barros e Silva.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_no_046-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_no_046-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja instalado refletores no campo da Fazenda Soledade.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_no_047-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_no_047-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda à pintura da praça defronte do clube da Vila José Mariano.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_no_048-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_no_048-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda a reforma da praça defronte, rua nova da Vila José Mariano.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/679/indicacao_no_049-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/679/indicacao_no_049-2022.pdf</t>
   </si>
   <si>
     <t>Reitero a Vossa Excelência, a solicitação já formulada nos termos da indicação de n.º 148/2021, apresentada em 08/06/2021, e aprovada por esta Casa Legislativa, a fim de que seja realizada a instalação de uma Central de Gases no Hospital Geral de Ribeirão.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_no_050-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_no_050-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município,que solicite à Secretaria Municipal de Infraestrutura o reforço na estrutura física e nos equipamentos de acessibilidade do SESP - Centro de Saúde de Ribeirão.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/638/indicacao_no_051-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/638/indicacao_no_051-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que seja feita à reforma do campo com refletores na parte alta e proceda a implantação de calçamento e saneamento nas Ruas 13 e 14 da parte baixa Vila Bandeirante.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/641/indicacao_no_052-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/641/indicacao_no_052-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que seja feita à reforma da praça Benjamim Constante, no centro e que seja instalado refletores.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_no_053-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_no_053-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda à implantação de calçamento na Travessa Diário de Pernambuco e Rua Otávio de Barros e Silva, ambas as ruas conhecida como Rua Projetada, na quadra velha.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_no_054-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_no_054-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que seja feita à revitalização da Praça do Bairro da Vila Rica, estilo academia da cidade, defronte da Igreja Católica na Rua Henrique Barros e Silva.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_055-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_055-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, reiterando uma indicação de minha autoria Indicação nº 189/2021, do dia 25 de agosto de 2021, que faz um apelo ao prefeito que através da secretaria de saúde, seja feito a abertura do bloco cirúrgico do Hospital Municipal do Ribeirão.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/201/indicacao_no_056-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/201/indicacao_no_056-2022.pdf</t>
   </si>
   <si>
     <t>ndicamos à Mesa depois de ouvido o Plenário, obedecendo às normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, reforme os pontos de ônibus da cidade.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_057-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_057-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de reiterar a indicação de nº 004/2021, que através da secretaria competente, disponibilize (01) uma ambulância para ficar à disposição da população da Vila José Mariano (Caxangá).</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_058-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_058-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, implante calçamento na Rua da Adubeira na Vila José Mariano.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_059-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_059-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que asfalte a Rua Dr. João Lopes na Vila José Mariano</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_no_060-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_no_060-2022.pdf</t>
   </si>
   <si>
     <t>lndicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de infraestrutura proceda a instalação de refletores e alambrados no Campinho que fica em frente a Escola Municipal Joaquim Nabuco, Vila Aripibú.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_no_061-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_no_061-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Administração, junta ao Departamento de Segurança Pública, que seja colocado 2 agentes de transito para organizar o fluxo de carros e estacionamentos na rua Martins Junior, rua do Col6gio São José, ate a rua Siqueira Santos.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_no_062-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_no_062-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que proceda com a implantação de calçamento da Travessa Paraná e Travessa São Paulo, as duas situadas no Bairro Eldorado.	Contém anexo</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Infraestrutura, implante refletores no campo da antiga Febem.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria competente que implante um lixeiro próximo ao PSF da Vila Bandeirante parte alta.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_no_065-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_no_065-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda à execução do serviço de saneamento básico da Rua Procurador Pedro Jorge, Bairro Vila Rica, próximo a sede do SAMU.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a construção de uma pista de Cooper, as margens da BR-101, defronte da antiga rodoviária de passageiro no bairro canavial.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_067-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_067-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que seja construído uma quadra poliesportiva defronte da Escola Municipal do Engenho Rainha dos Anjos.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/642/indicacao_no_068-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/642/indicacao_no_068-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a reposição do calçamento das Ruas; Rua João Sebastião de Melo, antiga Rua 3 (Três), e Rua Cícero Araújo da Silva, antiga Rua 06 no bairro Vila Rica.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/643/indicacao_no_069-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/643/indicacao_no_069-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, proceda a Reposição de calçamento da Rua Oscar Ferreira Santos e na 2ª Travessa Sesquicentenário reposição de saneamento básico e calçamento ambas no Bairro Alto da Fé.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_no_070-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_no_070-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a implantação do saneamento básico das Ruas Dr. José Bezerra e Cel. Luiz Gusmão, Centro</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_no_071-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_no_071-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, proceda à reforma do chafariz da Rua da Palha da Vila José Mariano.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao_no_072-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao_no_072-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que proceda a reforma na primeira Praça da Vila José Mariano, transformando ela em Praça de alimentação.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/232/indicacao_no_073-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/232/indicacao_no_073-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que proceda à ativação dos poços artesianos que falta ativar na entrada da Vila José Mariano, e defronte do PSF da Vila José Mariano.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que proceda com a implantação de calçamento e saneamento básico na Rua Oito do Bairro Bandeirante, e execute uma capinação de modo geral em todo bairro Bandeirante.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_075-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_075-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da Secretaria de Infraestrutura, que seja construído pontos de coleta de lixo na Vila Aripibú no inicio das ruas e no Engenho Rainha dos Anjos, próximo ao Sítio de Marcos Falcão e próximo a Igreja Assembleia de Deus.	Contém anexo</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_078-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_078-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da Secretaria de Infraestrutura, que proceda a implantação de calçamento e saneamento da Rua nove do Bairro Bela Vista II.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_no_079-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_no_079-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que coloque um funcionário da Secretaria de infraestrutura para proceder a limpezas e manutenções do Mercado Público de farinha até que seja feito uma reforma necessária.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_080-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_080-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que proceda a implantação de um corrimão e guarda corpo na Rua Altino Ferreira, no Bairro Alto da Cadeia, que dá acesso a Rua Vidal de Negreiros no Bairro Novo.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/644/indicacao_no_081-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/644/indicacao_no_081-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura,que proceda a implantação do calçamento e saneamento básico da Rua João Castanha de Lima, antiga Rua 11, na Bandeirante parte baixa.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/645/indicacao_no_082-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/645/indicacao_no_082-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a implantação do calçamento e saneamento básico da Rua Maria Leopoldina, na Vila José Mariano.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/646/indicacao_no_083-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/646/indicacao_no_083-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a implantação do calçamento e saneamento básico da Rua Transversal, Vila Bandeirante.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_084-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_084-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria de infraestrutura, que execute a instalação do alambrado do campo da Vila José Mariano.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_no_085-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_no_085-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a limpeza e manutenção das galerias e tubulações de esgoto do município, que devido as fortes chuvas a população vem sofrendo com alagamentos devido a falta de limpeza das galerias de esgoto.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_no_086-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_no_086-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a implantação de calçamento e saneamento básico da Rua Dois, da Bela Vista I.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_087-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_087-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, reitero o requerimento nº 034/2021, que implante câmeras de segurança de vídeos monitoramento em pontos específicos na Vila Aripibú, Engenho Rainha dos Anjos e Vila José Mariano com a finalidade de diminuir os assaltos que vem acontecendo.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_088-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_088-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, no sentido de que através da secretaria competente, que a guarda municipal de um apoio a comunidade do Engenho Rainha dos anjos.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_no_089-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_no_089-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr, Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda a instalação de refletores no campo do Engenho Vicente Campelo, e execute a reforma do vestiário.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_no_091-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_no_091-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria competente, que implante o Projeto Artes na Praça na Vila José Mariano, Vila Aripibú e no Engenho Rainha dos Anjos (cira).</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/648/indicacao_no_092-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/648/indicacao_no_092-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a implantação do calçamento e saneamento básico da Rua Henrique de Barros e Silva, no Bairro da Bandeirante.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/649/indicacao_no_093-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/649/indicacao_no_093-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a implantação do calçamento e saneamento básico da Rua Eldorado e Rua Quatro ambas no Bairro da Bela Vista l.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_no_094-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_no_094-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, reiterando a indicação nº 007/2021, no sentido que através da secretaria de Cultura, Esporte e Lazer, que seja retomado o campeonato de futsal de bairros em nosso município.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/652/indicacao_no_096-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/652/indicacao_no_096-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a reposição do calçamento e saneamento básico da Rua principal do Loteamento Soledade.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_no_097-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_no_097-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de Saúde, proceda o retorno do Veterinário no município.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_no_098-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_no_098-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de Cultura, Esporte e Lazer, que volte com as tradições de quadrilhas de bairro na entrada do bairro novo.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que proceda à revitalização de todo saneamento básico da Rua Duarte Coelho, bairro novo.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_100-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_100-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado urn apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar a Secretaria de Agricultura que seja feita a manutenção das estradas sentido Agrovila e Serrinha e Caxangá e Paraíso.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_no_102-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_no_102-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a revitalização do calçamento da Rua Balbino Azevedo, no Bairro da Cohab.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_no_103-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_no_103-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, a IMPLANTAÇÃO DO PISO SALARIAL DE TODA CLASSE DE ENFERMAGEM, APROVADO PELO CONGRESSO NACIONAL NO ULTIMO DIA 04/05 EM BRASILIA, aqui no município de Ribeirão-PE, da presente indicação, dê-se ciência a Secretario Municipal de Saúde.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_no_104-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_no_104-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura Urbana e manutenção e os reparos necessários no Espaço Cidadania, localizado no bairro do SESI (antigo SESI de Ribeirão).</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_no_105-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_no_105-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da Secretaria de infraestrutura, veja meios necessários para asfaltar a Rua Maria Beatriz Pontes, no Bairro do Sesi.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_no_106-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_no_106-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a reposição do calçamento da Rua Joaquim Arcoverde, no Bairro Cohab.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/653/indicacao_no_107-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/653/indicacao_no_107-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de através da secretaria de infraestrutura, que proceda a implantação do calçamento e saneamento básico da Rua D, no Bairro da Bela Vista ll, próx. Da Escolinha Militão Filho.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/654/indicacao_no_108-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/654/indicacao_no_108-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, que execute a construção de um muro de arrimo de contenção defronte da casa nº 1661, na Rua do Convento, no Bairro Bela Vista l.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/656/indicacao_no_109-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/656/indicacao_no_109-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, reiterando a indicação de nº 147/2021 - que pede reposição do calçamento e saneamento básico da Rua João Felipe, e também que proceda a implantação de asfalto da mesma.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_111-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_111-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de competente, que execute a implantação de asfalto nas principais vias da Vila Aripibú e do Engenho Rainha dos anjos.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_no_112-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_no_112-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, construa uma Praça na Rua João Siqueira, no bairro novo próximo do bar de seu Henrique.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_no_113-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_no_113-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, construa uma pista de Cooper, ao redor do campo da Vila José Mariano, junto com uma praça de playground.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_no_114-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_no_114-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, solicitar a Secretaria de Infraestrutura que seja colocado asfalto nas seguintes Ruas: Rua Manuel Ernesto (rua do mercado de came), Rua Martins Júnior (rua antigo PROSIR) e reposição de calçamento na Rua José Soares de Lima, Bairro Alto da Fé.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_no_116-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_no_116-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura Urbana a construção do refeitório e reforma da Quadra da Escola Municipal Manassés Correia Brasil, a fim de que seja realizado a restruturação, capinação, pintura, reparo no piso e a colocação de grade de segurança.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_no_117-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_no_117-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município. Solicitar a Secretaria de infraestrutura que seja feita a conclusão do calçamento e cais da Rua Três, do Bairro da Vila Rica.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_no_118-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_no_118-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, que implante um corrimão na escadaria da Travessa Carlos Gomes, que dá acesso a Rua Duarte Coelho.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_no_120-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_no_120-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que junto com a secretaria competente, proceda à capinação construa uma escadaria e proceda a implantação de saneamento e calçamento, junto com a construção de um muro de arrimo na Rua H, no Bairro Alto da Fé.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_no_121-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_no_121-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que junto com a secretaria competente, proceda à reposição de calçamento na Rua Jornal do Comércio, na Vila Cohab.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_123-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_123-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja implantado 03 (três) Pontos de ônibus de Eucalipto na Vila José Maria nas seguintes localidades: 1. Mercado Público; 2. Entrada da Vila José Mariano; 3. Praça da Vila José Mariano.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_no_124-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_no_124-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, solicitar a Secretaria de Infraestrutura que seja feita a continuação da escadaria no final da Rua Barão do Rio Branco, Bairro do AIto da Cadeia.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_no_125-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_no_125-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, execute a implantação do calçamento e saneamento básico das seguintes ruas: Projetada H, I, J e L, todas situadas na Vila Cohab.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_126-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_126-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido de requerer ao Poder Executivo Municipal, a reforma da calçada da Rua do Convento e concluir a implantação do guarda corpo do muro de arrimo.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_no_128-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_no_128-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, proceda à implantação de calçamento e saneamento básico na Rua nove e Rua onze da Vila Rica.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_no_129-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_no_129-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que providencie a retirada de entulhos e lixos da Rua Maurício de Nassau.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_130-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_130-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, no de requerer ao Poder Executivo Municipal, a implantação do Programa Cozinha Comunitária no Município de Ribeirão.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_no_131-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_no_131-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura Urbana pavimentação asfáltica contemplando parte bairro novo parte baixa e a principal via do alto da cadeia.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_no_134-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_no_134-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, reiterando a indicação nº 151-2021 que solicita a secretaria de infraestrutura à execução da implantação do calçamento da subida do cemitério de Aripibú.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_no_135-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_no_135-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, reiterando a indicação nº 133/2021 que solicita a secretaria de infraestrutura a proceder da implantação do calçamento, iniciando na entrada da Vila Aripibú, até a antiga linha da ferroviária.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, que construa um pátio de eventos, para as festividades do município, no terreno da antiga “FEBÉM”.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_no_137-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_no_137-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que junto com a secretaria competente, reitero a indicação nº 118/2021, que pede a reforma do Posto Médico, do Bairro da Vila Bandeirante.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/665/indicacao_no_138-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/665/indicacao_no_138-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que seja junto a secretaria competente, reitero a indicação nº 168/2021, que pede implantação de calçamento e saneamento na Rua Santos Dumont.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/667/indicacao_no_139-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/667/indicacao_no_139-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que junto com a secretaria competente, proceda à construção do muro de arrimo na Rua Padre Roma, rua Convento, defronte da casa de nº 1896.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_no_140-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_no_140-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura Urbana que seja realizada a limpeza e retirada de entulho e lixo ao lado da Cadeia Publica, localizada no Alto da cadeia.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_no_141-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_no_141-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura Urbana as providencias imediata no sentido de reforma da escadaria localizada na Rua Major Duarte, Alto da Cadeia, a fim de que seja realizado a reestruturação, capinação, pintura, reparo nos degraus piso e a colocação de corrimão.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_no_142-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_no_142-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que providencie a implantação do asfalto na Rua Santos Dumont.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_no_143-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_no_143-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria de infraestrutura, implantes lixeiras em pontos estratégicos da Vila José Mariano.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/155/indicacao_no_144-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/155/indicacao_no_144-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que proceda a execução de poda das árvores do Estacionamento defronte a Praça Elizeu Lins de Andrade “Fórum”.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_no_145-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_no_145-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que reitera à indicação 161/2021, que a secretaria competente, proceda à reposição do calçamento e saneamento básico da Rua do campo, da Vila José Mariano.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/669/indicacao_no_146-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/669/indicacao_no_146-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que reitera à indicação 094/2021, que a secretaria competente, proceda à implantação do calçamento e saneamento básico da Rua Estrada do Padre Cícero, no Bairro Alto da Fé.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/670/indicacao_no_147-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/670/indicacao_no_147-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que proceda a continuação do calçamento e saneamento básico da Rua José Bonifácio, no Alto da Cadeia.</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_148-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_148-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmº. Sr. Marcello Cavalcanti de Petribú de Albuquerque Maranhão, DD. Prefeito deste Município, que crie um acesso na comunidade das pedreiras para a BR-101, para que os moradores tenha acesso a pegar os transportes.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_no_149-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_no_149-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar a Secretaria de Infraestrutura que seja feita a construção de uma escadaria no começo da Rua José Soares de Lima, Bairro do Alto da Fé.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_no_150-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_no_150-2022.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Marcello Maranhão, Prefeito deste Município, que solicite à Secretaria Municipal de Obras e Infraestrutura Urbana as providencias imediata junto a CELPE, no sentido de elevar os fios de alta fiação de energia elétrica, na principal avenida no centro desta Cidade.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/672/indicacao_no_151-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/672/indicacao_no_151-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que proceda a reposição do calçamento da Rua José Manoel da Silva, situada no bairro Alto da Fé.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_no_152-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_no_152-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que proceda a implantação do calçamento e saneamento básico e a iluminação da Rua Liberalino Gonçalves Pereira, antiga Rua 14 do Bairro da Bandeirante, parte alta.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_no_153-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_no_153-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, que providencie o término do calçamento da Rua Louis Braile, na Cohab.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/675/indicacao_no_155-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/675/indicacao_no_155-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, que junto com a secretária competente implante bebedouros e comedouros para cães e gatos nas praças e áreas de lazer de nosso Município junto com serviços de veterinário para cães e gatos para as famílias de baixa renda.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_no_156-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_no_156-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa depois de ouvido o Plenário, obedecido às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Marcello Maranhão, DD. Prefeito deste Município, no sentido que através da secretaria infraestrutura, reitera a Indicação nº 013/2022, que pede a construção de um letreiro turístico com a descrição “EU AMO RIBEIRÃO”, em pontos estratégicos de fronte ao antigo Posto da Polícia Rodoviária Federal, na entrada da Vila Bandeira, Praça Aluízio Nicodemos e na entrada principal do Município de Ribeirão, na BR 101.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_no_158-2022.pdf</t>
+    <t>http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_no_158-2022.pdf</t>
   </si>
   <si>
     <t>Indicamos a Mesa depois de ouvido o Plenário, obedecido as normas regimentais, que seja enviado um apelo ao Exm°. Sr. Marcello Maranhão, DD. Prefeito deste Município, Solicitar a Secretaria de Infraestrutura junto a Secretaria de Agricultura para que seja feita a manutenção da ladeira principal da Rua João Florentino, (conhecida também como Rua da Torre) na Vila Jos6 Mariano (Caxangá).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2496,68 +2496,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/408/requerimento_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/409/requerimento_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/499/requerimento_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/502/requerimento_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/195/requerimento_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_no020-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/414/requerimento_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_n_023-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/197/requerimento_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/418/requerimento_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/246/requerimento_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/422/requerimento_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/308/requerimento_no_035-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/310/requerimento_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/516/requerimento_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/438/requerimento_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/196/requerimento_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/419/requerimento_no002-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_no009-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_no_023-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/673/indicacao_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/199/indicacao_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/200/indicacao_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/677/indicacao_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/678/indicacao_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/679/indicacao_no_049-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_no_050-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/638/indicacao_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/641/indicacao_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/201/indicacao_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_059-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_067-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/642/indicacao_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/643/indicacao_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/232/indicacao_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/644/indicacao_no_081-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/645/indicacao_no_082-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/646/indicacao_no_083-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_084-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_no_085-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_no_086-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_087-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_088-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_no_089-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_no_091-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/648/indicacao_no_092-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/649/indicacao_no_093-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_no_094-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/652/indicacao_no_096-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_no_097-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_no_098-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_100-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_no_102-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_no_103-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_no_104-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_no_105-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_no_106-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/653/indicacao_no_107-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/654/indicacao_no_108-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/656/indicacao_no_109-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_111-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_no_112-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_no_113-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_no_114-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_no_116-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_no_117-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_no_118-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_no_120-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_no_121-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_123-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_no_124-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_no_125-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_126-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_no_128-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_no_129-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_130-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_no_131-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_no_134-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_no_135-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_no_137-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/665/indicacao_no_138-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/667/indicacao_no_139-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_no_140-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_no_141-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_no_142-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_no_143-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/155/indicacao_no_144-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_no_145-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/669/indicacao_no_146-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/670/indicacao_no_147-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_148-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_no_149-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_no_150-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/672/indicacao_no_151-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_no_152-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_no_153-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/675/indicacao_no_155-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_no_156-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_no_158-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/408/requerimento_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/409/requerimento_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/294/requerimento_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/499/requerimento_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/502/requerimento_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/195/requerimento_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/420/requerimento_no020-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/414/requerimento_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_n_023-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/197/requerimento_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/418/requerimento_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/246/requerimento_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/422/requerimento_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/308/requerimento_no_035-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/309/requerimento_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/310/requerimento_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/516/requerimento_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/438/requerimento_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/196/requerimento_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/419/requerimento_no002-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/425/indicacao_no009-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/440/indicacao_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_no_023-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/673/indicacao_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/199/indicacao_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/200/indicacao_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/677/indicacao_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/678/indicacao_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/679/indicacao_no_049-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_no_050-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/638/indicacao_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/641/indicacao_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/201/indicacao_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_059-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_067-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/642/indicacao_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/643/indicacao_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/232/indicacao_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/442/indicacao_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/644/indicacao_no_081-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/645/indicacao_no_082-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/646/indicacao_no_083-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_084-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_no_085-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_no_086-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_087-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_088-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_no_089-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_no_091-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/648/indicacao_no_092-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/649/indicacao_no_093-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_no_094-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/652/indicacao_no_096-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_no_097-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/234/indicacao_no_098-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_100-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_no_102-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_no_103-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_no_104-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_no_105-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/448/indicacao_no_106-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/653/indicacao_no_107-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/654/indicacao_no_108-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/656/indicacao_no_109-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_111-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/235/indicacao_no_112-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_no_113-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_no_114-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_no_116-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_no_117-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_no_118-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_no_120-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_no_121-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_123-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_no_124-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_no_125-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_126-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_no_128-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_no_129-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_130-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_no_131-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_no_134-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_no_135-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_no_137-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/665/indicacao_no_138-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/667/indicacao_no_139-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_no_140-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_no_141-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_no_142-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_no_143-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/155/indicacao_no_144-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_no_145-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/669/indicacao_no_146-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/670/indicacao_no_147-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_148-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/453/indicacao_no_149-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_no_150-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/672/indicacao_no_151-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_no_152-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_no_153-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/675/indicacao_no_155-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_no_156-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ribeirao.pe.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_no_158-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>